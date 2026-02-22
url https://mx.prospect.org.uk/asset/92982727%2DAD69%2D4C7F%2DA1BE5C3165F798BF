--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,86 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="405DBDFA" w14:textId="2914A91D" w:rsidR="00C47041" w:rsidRDefault="00C47041">
+    <w:p w:rsidR="00C47041" w:rsidP="716DDBAF" w:rsidRDefault="00C47041" w14:paraId="405DBDFA" w14:textId="2914A91D">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="279688CB" wp14:editId="290377BF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="279688CB" wp14:editId="290377BF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-707211</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-720090</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7543470" cy="10662285"/>
             <wp:effectExtent l="0" t="0" r="635" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="29" name="Picture 29"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="29" name="Picture 29"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -95,8876 +92,8759 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7543470" cy="10662285"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4708B197" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00636A50" w:rsidRDefault="00DF3D6E" w:rsidP="00636A50">
+    <w:p w:rsidRPr="00636A50" w:rsidR="00DF3D6E" w:rsidP="00636A50" w:rsidRDefault="00DF3D6E" w14:paraId="4708B197" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="480"/>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc204741235"/>
+      <w:bookmarkStart w:name="_Toc208846407" w:id="0"/>
       <w:r w:rsidRPr="00636A50">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Welcome to key skills for union reps</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="7AD1E765" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7AD1E765" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Welcome to this introductory course for Prospect representatives which forms part of your induction training. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A6F5FD" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="61A6F5FD" w14:textId="77777777">
       <w:r>
         <w:t>As well as attending some formal training courses with us, other local union reps and full-time officers will support your ongoing development as a trade union representative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D37E51E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...12 lines deleted...]
-    <w:p w14:paraId="445D938E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5D37E51E" w14:textId="25B8A20E">
+      <w:r>
+        <w:t xml:space="preserve">Our aims are to welcome you to Prospect, help you understand what </w:t>
+      </w:r>
+      <w:r w:rsidR="71B67953">
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">union stands for and give you a clear idea of your </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7EBAD">
+        <w:t>key role with</w:t>
+      </w:r>
+      <w:r w:rsidR="421243BA">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7EBAD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4A6DEA94">
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7EBAD">
+        <w:t>union.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="445D938E" w14:textId="77777777">
       <w:r>
         <w:t>We will help you to be an effective and confident union rep able to support members, build good relationships at work and a build stronger union organisation at local level.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F27864" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...4 lines deleted...]
-    <w:p w14:paraId="75016AF1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="54F27864" w14:textId="30F7D5E8">
+      <w:r>
+        <w:t xml:space="preserve">The training is </w:t>
+      </w:r>
+      <w:r w:rsidR="2CEC6135">
+        <w:t>student/learner centred</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and there is no pressure on anyone to do anything they are not comfortable with. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="75016AF1" w14:textId="77777777">
       <w:r>
         <w:t>There is plenty of discussion and problem solving, as these are the most effective methods in adult learning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52709EDA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="52709EDA" w14:textId="77777777">
       <w:r>
         <w:t>Learning outcomes</w:t>
       </w:r>
       <w:r w:rsidR="00147807">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458B0269" w14:textId="5A332A0C" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="458B0269" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>know what a trade union is and how to increase membership</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00E86199" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+        <w:t>know a what a trade union is and how to increase membership</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="00E86199" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>know the role of a rep</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF4C9D3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="6DF4C9D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">know your rights as a rep </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62EF9A0A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="62EF9A0A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>know how the union can be a force for good in your workplace</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF556B7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="1CF556B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>know the structure of Prospect and Bectu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36071EFC" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="001E13BF">
+    <w:p w:rsidR="00636A50" w:rsidP="001E13BF" w:rsidRDefault="00636A50" w14:paraId="36071EFC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="180"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc204741236"/>
+      <w:bookmarkStart w:name="_Toc208846408" w:id="1"/>
       <w:r w:rsidRPr="00636A50">
         <w:t>Course</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> timetable</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="0F77EAE9" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="0F77EAE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Introductions and objectives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067B99D5" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="067B99D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>What is a trade union?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC921CC" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="4EC921CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>How Prospect works</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6432432C" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="6432432C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>The role of a rep</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7747D602" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="7747D602" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Reps’ rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414ACE73" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="414ACE73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Ingredients of union influence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABD0CB0" w14:textId="77777777" w:rsidR="00636A50" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00636A50" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="1ABD0CB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Building a stronger union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0C5F3C" w14:textId="2B319C1A" w:rsidR="00DF3D6E" w:rsidRDefault="00636A50" w:rsidP="00636A50">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00636A50" w:rsidRDefault="00636A50" w14:paraId="0B0C5F3C" w14:textId="2B319C1A">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Branch action plan/end of day housekeeping</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:caps/>
+        <w:id w:val="459070484"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times" w:cs="Arial" w:cstheme="minorBidi"/>
+          <w:caps w:val="1"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:id w:val="459070484"/>
-[...3 lines deleted...]
-        </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="36759693" w14:textId="67C1B79F" w:rsidR="00DA753C" w:rsidRDefault="00DA753C">
+        <w:p w:rsidR="00DA753C" w:rsidRDefault="00DA753C" w14:paraId="36759693" w14:textId="67C1B79F">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7CF03B1A" w14:textId="63376375" w:rsidR="00054B61" w:rsidRDefault="00DA753C">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="00DA753C" w14:paraId="612C6898" w14:textId="79D3AB1E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \t "Heading 2,1,Heading 3,2,Heading 3 numbered,2" </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc204741235" w:history="1">
-            <w:r w:rsidR="00054B61" w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846407">
+            <w:r w:rsidRPr="00F050D8" w:rsidR="007034AF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Welcome to key skills for union reps</w:t>
             </w:r>
-            <w:r w:rsidR="00054B61">
+            <w:r w:rsidR="007034AF">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00054B61">
+            <w:r w:rsidR="007034AF">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00054B61">
-[...10 lines deleted...]
-            <w:r w:rsidR="00054B61">
+            <w:r w:rsidR="007034AF">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846407 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="007034AF">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007034AF">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00054B61">
+            <w:r w:rsidR="007034AF">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00054B61">
+            <w:r w:rsidR="007034AF">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27185446" w14:textId="22A1AFD8" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="7FB58C1F" w14:textId="0C73A93A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741236" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846408">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Course timetable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741236 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846408 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B65D6C5" w14:textId="4F9CB726" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="72CD7998" w14:textId="5E9C0551">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741237" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846409">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>About Prospect</w:t>
+              <w:t>Trade union terminology</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741237 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846409 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CED3F80" w14:textId="7034B367" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="4FBEB1A1" w14:textId="5E599C4F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741238" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846410">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>What happens on trade union courses?</w:t>
+              <w:t>About Prospect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741238 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846410 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74A9D5C2" w14:textId="3A834EA2" w:rsidR="00054B61" w:rsidRDefault="00054B61">
-[...185 lines deleted...]
-        <w:p w14:paraId="343B51A5" w14:textId="2734A238" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="61B15F9A" w14:textId="41A65EEE">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741242" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846411">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Equality and diversity statement</w:t>
+              <w:t>What happens on trade union courses?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741242 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846411 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="62B7FB3C" w14:textId="1768DD3A" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="6CAD8949" w14:textId="2EAF90A8">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846412">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>The tutor’s role</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846412 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="58789667" w14:textId="50C5A94C">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846413">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Your role</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846413 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="252EC204" w14:textId="7CABBF0A">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846414">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Using your knowledge and skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846414 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0DD5C9B4" w14:textId="462F9D2D">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741243" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846415">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 1: Activity A – Introductions</w:t>
+              <w:t>Equality and diversity statement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741243 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846415 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="472E13E6" w14:textId="51C15D0D" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="5DA7C559" w14:textId="3F389E2B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741244" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846416">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 2: What is a trade union</w:t>
+              <w:t>Session 1: Activity A – Introductions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741244 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846416 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DBE35FF" w14:textId="795F0ECC" w:rsidR="00054B61" w:rsidRDefault="00054B61">
-[...371 lines deleted...]
-        <w:p w14:paraId="3719952B" w14:textId="4A9239A0" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="084AC1B3" w14:textId="22879495">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741251" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846417">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 3: How Prospect works</w:t>
+              <w:t>Session 2: What is a trade union</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741251 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846417 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B7C5B39" w14:textId="757DAC46" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="36F5A5C0" w14:textId="4C1A39E9">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741252" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846418">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Watch the video – How Prospect works</w:t>
+              <w:t>Recognition in the workplace</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741252 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846418 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1CC49A49" w14:textId="471AD942" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="08E499A9" w14:textId="3523A865">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741253" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846419">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>What is a branch?</w:t>
+              <w:t>Your right to join a trade union</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741253 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846419 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D5FB0AC" w14:textId="5D36CB15" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="44E792E1" w14:textId="7CF1C726">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741254" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846420">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Why does it matter what branch you are in?</w:t>
+              <w:t>The general benefits of union membership</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741254 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846420 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B097B45" w14:textId="6B75B331" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="02FA9B35" w14:textId="47E1E00C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741255" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846421">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>What happens when a new member joins Prospect?</w:t>
+              <w:t>Activity B: Compare a trade union to other options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741255 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846421 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="55CAD62A" w14:textId="4451664E" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="6320EF15" w14:textId="6C59A000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741256" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846422">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Sectors</w:t>
+              <w:t>Activity C: What can a union negotiate on?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741256 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846422 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6186E9C4" w14:textId="6DF8A4C9" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0180E6A1" w14:textId="7AC7D726">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741257" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846423">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Branch reps</w:t>
+              <w:t>Activity D: Servicing or organising – describe your workplace</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741257 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846423 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0FC2DC3F" w14:textId="21A448A1" w:rsidR="00054B61" w:rsidRDefault="00054B61">
-[...371 lines deleted...]
-        <w:p w14:paraId="2008A39D" w14:textId="7B78035E" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="491C6B7B" w14:textId="0F5CC945">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741264" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846424">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 4: The role of a rep</w:t>
+              <w:t>Session 3: How Prospect works</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741264 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846424 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0679933C" w14:textId="41A0E7B3" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="625421FA" w14:textId="659FB4A4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741265" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846425">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activity E: What do union reps do?</w:t>
+              <w:t>Watch the video – How Prospect works</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741265 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846425 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="01120612" w14:textId="093637D9" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="50A86663" w14:textId="057EF849">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741266" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846426">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Types of rep</w:t>
+              <w:t>What is a branch?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741266 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846426 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B7F8687" w14:textId="7B025AE1" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="676CB363" w14:textId="0C8FE29F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741267" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846427">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:eastAsia="Arial"/>
-[...2 lines deleted...]
-              <w:t>Code of practice for Prospect representatives</w:t>
+              </w:rPr>
+              <w:t>Why does it matter what branch you are in?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741267 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846427 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5658C667" w14:textId="5F061FE2" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="502ACB7C" w14:textId="1717FFC4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741268" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846428">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
-[...5 lines deleted...]
-              <w:t>Values and behaviours</w:t>
+              </w:rPr>
+              <w:t>What happens when a new member joins Prospect?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741268 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846428 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="26C04F33" w14:textId="2D4F525A" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="14CD2AD1" w14:textId="5668B584">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741269" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846429">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:eastAsia="Arial"/>
-[...2 lines deleted...]
-              <w:t>Knowledge Hub</w:t>
+              </w:rPr>
+              <w:t>Sectors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741269 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846429 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3AAB175E" w14:textId="2B2E71A0" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="1DF05471" w14:textId="7DAEE3D4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741270" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846430">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:eastAsia="Arial"/>
-[...2 lines deleted...]
-              <w:t>Movement bulk-mail tool</w:t>
+              </w:rPr>
+              <w:t>Branch reps</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741270 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846430 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC41B2" w14:textId="6F38505B" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="27E43597" w14:textId="4A38AE2D">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741271" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846431">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>A number of well-trained reps make a strong branch</w:t>
+              <w:t>Branch meetings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741271 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846431 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B612D9D" w14:textId="7D14D054" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="78E8A0B8" w14:textId="4893D1CF">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846432">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>How branch democracy works</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846432 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0F6A9BE6" w14:textId="0C5FCBAF">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846433">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Support for branches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846433 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="07EB6D26" w14:textId="24CC7C84">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846434">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>National executive committee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846434 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="6DC6ECD2" w14:textId="2CAC25F0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846435">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>NEC advisory sub-committees</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846435 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="03781FF7" w14:textId="7F97A03B">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846436">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Prospect structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846436 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="326EFAF5" w14:textId="2D25913E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741272" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846437">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 5: Reps’ rights</w:t>
+              <w:t>Session 4: The role of a rep</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741272 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846437 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A1FEC13" w14:textId="02ECCF2D" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="669E53A1" w14:textId="16354F0D">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741273" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846438">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Extract from ACAS Code of Practice 3</w:t>
+              <w:t>Activity E: What do union reps do?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741273 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846438 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15B0817A" w14:textId="685C0673" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="62FB4464" w14:textId="588F0751">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741274" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846439">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Duties</w:t>
+              <w:t>Types of rep</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741274 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846439 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F63E05D" w14:textId="4B5122DB" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="5C7BA8A9" w14:textId="069737AF">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741275" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846440">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activities</w:t>
+              <w:t>Code of practice for Prospect representatives</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741275 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846440 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25A32EB9" w14:textId="2B780DFC" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0F0250A9" w14:textId="1803EB69">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741276" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846441">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Responsibilities</w:t>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Knowledge Hub</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741276 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846441 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00442802" w14:textId="71862C3B" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="66DD2122" w14:textId="419C7A66">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741277" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846442">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Facilities agreements</w:t>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Movement bulk-mail tool</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741277 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846442 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51BF7C10" w14:textId="30B3F55A" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="4C4D08F7" w14:textId="321EFE54">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741278" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846443">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activity F: What are your rights?</w:t>
+              <w:t>A number of well-trained reps make a strong branch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741278 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846443 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3A075984" w14:textId="3D41BB5E" w:rsidR="00054B61" w:rsidRDefault="00054B61">
-[...61 lines deleted...]
-        <w:p w14:paraId="4701EDCD" w14:textId="19FAC340" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="425DCFFC" w14:textId="773E1974">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741280" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846444">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 6: Ingredients of union influence</w:t>
+              <w:t>Session 5: Reps’ rights</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741280 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846444 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="300CAAF0" w14:textId="463FEC6E" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="2400D1BD" w14:textId="147398E9">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741281" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846445">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activity H: What are the ingredients that increase the union’s influence</w:t>
+              <w:t>Extract from ACAS Code of Practice 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741281 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846445 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71068E61" w14:textId="3FA69712" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="4E7AF54F" w14:textId="5E2D6E01">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741282" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846446">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>The virtuous circle</w:t>
+              <w:t>Duties</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741282 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846446 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23910D3C" w14:textId="60D06EE3" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="5E21B3A2" w14:textId="6E71EF3C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741283" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846447">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Local union reps…</w:t>
+              <w:t>Activities</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741283 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846447 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0EB58327" w14:textId="6BEBCC96" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="4DF5492F" w14:textId="5BA89E8B">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741284" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846448">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activity I: Why people don’t join a union</w:t>
+              <w:t>Responsibilities</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741284 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846448 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6475262A" w14:textId="3CD56B3A" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="5605692A" w14:textId="4B84A0CD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741285" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846449">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Ten good reasons to join Prospect</w:t>
+              <w:t>Facilities agreements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741285 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846449 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D45FF88" w14:textId="4D623D91" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="28A048FA" w14:textId="09F994C9">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846450">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Activity F: What are your rights?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846450 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="281C54B2" w14:textId="58CB4F88">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846451">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Activity G: What would you do if…</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846451 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="61E9FB24" w14:textId="2785710F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741286" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846452">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Session 7: Building a stronger union</w:t>
+              <w:t>Session 6: Ingredients of union influence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741286 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846452 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0169024A" w14:textId="64186B07" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="6854830B" w14:textId="07184698">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741287" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846453">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activity J: Staff room talk</w:t>
+              <w:t>Activity H: What are the ingredients that increase the union’s influence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741287 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846453 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34898A5B" w14:textId="780BB1FF" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0D343D94" w14:textId="74A9F1E6">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741288" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846454">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Activity L: Mapping the workplace</w:t>
+              <w:t>The virtuous circle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741288 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846454 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B8D84C0" w14:textId="06595B71" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="282AFE8E" w14:textId="66845730">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741289" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846455">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Identifying potential activists</w:t>
+              <w:t>Local union reps…</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741289 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846455 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F2A87DD" w14:textId="367040E3" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="14745260" w14:textId="07EDCEE8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741290" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846456">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>How members can help</w:t>
+              <w:t>Activity I: Why people don’t join a union</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741290 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846456 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3DAAFDC4" w14:textId="49CC522B" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="4D88D69C" w14:textId="035AA31A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741291" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846457">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Any questions?</w:t>
+              <w:t>Ten good reasons to join Prospect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741291 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846457 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>34</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63D62D8B" w14:textId="4644A106" w:rsidR="00054B61" w:rsidRDefault="00054B61">
-[...61 lines deleted...]
-        <w:p w14:paraId="2A9E0DDB" w14:textId="6CC217B7" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="159DFF2F" w14:textId="0FE0E711">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741293" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846458">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Appendix 1: How do you get Prospect to do something in your branch?</w:t>
+              <w:t>Session 7: Building a stronger union</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741293 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846458 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C8654AB" w14:textId="4D0486F2" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="69535FC0" w14:textId="0D5563EA">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741294" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846459">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>National conference – making or changing Prospect policies</w:t>
+              <w:t>Activity K: How well organised is your workplace?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741294 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846459 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="186AC9E3" w14:textId="1306578B" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="3E8D3300" w14:textId="715759DB">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846460">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Activity L: Charting the workplace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846460 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="49EA5034" w14:textId="25D1BE9C">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846461">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Identifying potential activists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846461 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="3D13C67D" w14:textId="236CA3B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846462">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>How members can help</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846462 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="3AB27CF5" w14:textId="6A66EC47">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846463">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Any questions?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846463 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="6C708AC8" w14:textId="0B55015F">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846464">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Action Plan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846464 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="34891B4F" w14:textId="594F5ED3">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741295" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846465">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Appendix 2: How to write a conference motion</w:t>
+              <w:t>Appendix 1: How do you get Prospect to do something in your branch?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741295 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846465 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>43</w:t>
+              <w:t>40</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53CFD1EB" w14:textId="77EA38C3" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0AE97AE5" w14:textId="6DD3D92F">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846466">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>National conference – making or changing Prospect policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846466 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="3A1C6AD3" w14:textId="733E648A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741296" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846467">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Appendix 3: Data protection</w:t>
+              <w:t>Appendix 2: How to write conference motion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741296 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846467 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>41</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66B51702" w14:textId="193897D0" w:rsidR="00054B61" w:rsidRDefault="00054B61">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="6F3AED00" w14:textId="1BDE074E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc204741297" w:history="1">
-            <w:r w:rsidRPr="009E68FC">
+          <w:hyperlink w:history="1" w:anchor="_Toc208846468">
+            <w:r w:rsidRPr="00F050D8">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Appendix 4: Useful links</w:t>
+              <w:t>Appendix 3: Data protection</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc204741297 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846468 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>42</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="581E45D7" w14:textId="4C40A47B" w:rsidR="00DA753C" w:rsidRDefault="00DA753C" w:rsidP="00897B93">
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="42A31CB9" w14:textId="1951FB0E">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:caps w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846469">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Appendix 4: Trade union recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846469 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="007034AF" w:rsidRDefault="007034AF" w14:paraId="0691CBA3" w14:textId="4DE4FB94">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:caps w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc208846470">
+            <w:r w:rsidRPr="00F050D8">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Appendix 5: Useful links</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc208846470 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="00DA753C" w:rsidP="00C71ACE" w:rsidRDefault="00DA753C" w14:paraId="581E45D7" w14:textId="223DEB4E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times" w:cs="Arial" w:cstheme="minorBidi"/>
+          <w:caps w:val="1"/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:sdtEndPr>
     </w:sdt>
-    <w:p w14:paraId="5771EB74" w14:textId="77777777" w:rsidR="00795D39" w:rsidRDefault="00795D39">
+    <w:p w:rsidR="00795D39" w:rsidRDefault="00795D39" w14:paraId="5771EB74" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A40DC3C" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc52891826"/>
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="006E3ECA" w:rsidRDefault="00023B54" w14:paraId="2A40DC3C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc52891826" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc208846409" w:id="3"/>
       <w:r w:rsidRPr="00023B54">
-        <w:rPr>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Trade union terminology</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-    <w:p w14:paraId="154DAC90" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="154DAC90" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="480" w:after="240"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk77578757"/>
+      <w:bookmarkStart w:name="_Hlk77578757" w:id="4"/>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ACAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The Advisory, Conciliation and Arbitration Service – a public body that provides free and impartial information and advice to employers and employees on all aspects of workplace relations and employment law.</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="00023B54">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.acas.org.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5FE1BDB8" w14:textId="32749F21" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="5FE1BDB8" w14:textId="32749F21">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Bargaining unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The 'bargaining unit' is the group of employees that will be represented by the union. The employer and the union can agree who is in this unit as part of their negotiations. If the employer and the union do not agree, the Central Arbitration Committee (CAC) will decide.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72381887" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="72381887" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Branch</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Branches are the key organising unit in the union. Branches form the basis of representation to other advisory or policy-making bodies in the union structure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D11E754" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="6D11E754" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Case handler</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – A rep that is trained to represent a member in a personal case.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E47E1F" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="62E47E1F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Central Arbitration Committee (CAC)</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Its main function is to adjudicate on applications for statutory recognition and derecognition of trade unions for collective bargaining purposes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C747CC" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="72C747CC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Collective agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Where collective bargaining has led to an agreement, for example pay increase, these agreements are called collective agreements. Collective agreements within the workplace can cover both union and non-union staff as trade unions often negotiate on behalf of the staff employed in a specific group. This group is known as the bargaining unit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621A4376" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="621A4376" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Collective bargaining</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – If a union is formally recognised by an employer, it can negotiate with the employer over terms and conditions. This is known as 'collective bargaining'.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249AE481" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="249AE481" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Prospect’s national conference is held every two years. Delegates discuss and agree the union’s policies and priorities.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653CEC26" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="653CEC26" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Convenor</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>See trade union rep</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D3C4BFD" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="6D3C4BFD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Facilities agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – An agreement between the employer and the union setting out the provision of facilities and facility time for trade union officials, representatives, and members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3C0F1D" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="3D3C0F1D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Industrial action</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> - usually happens when a dispute in the workplace can’t be resolved through negotiation. There are three main forms of industrial action:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441C9C15" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="441C9C15" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>strike – where workers refuse to work for the employer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189CB596" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="189CB596" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>action short of a strike – where workers take action such as working only to the terms of their contracts, overtime bans or callout bans (sometimes called work to rule).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EEEFACE" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="4EEEFACE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>lock-out – a work stoppage where the employer stops workers from working.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41189D55" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="41189D55" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Lay reps</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – members of the union who represent their colleagues in union work in companies that have a collective bargaining agreement with Prospect</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6858A051" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="6858A051" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>National executive committee</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Prospect’s NEC is elected every two years and is made up of representatives who make key decisions about what and how we deliver for our members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0B267C" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="2B0B267C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Prospect Data Protection Compliance Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The person who handles data requests and data on behalf of Prospect </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00023B54">
           <w:rPr>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>datacompliance@prospect.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65D01B77" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="65D01B77" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Prospect’s Member Contact Centre (MCC) – </w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a service for members to have their queries answered. Tel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0300 600 1878</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="00023B54">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> info@prospect.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3714698F" w14:textId="790FD430" w:rsidR="0037597B" w:rsidRPr="007A7123" w:rsidRDefault="0037597B" w:rsidP="0037597B">
+    <w:p w:rsidRPr="007A7123" w:rsidR="0037597B" w:rsidP="0037597B" w:rsidRDefault="0037597B" w14:paraId="3714698F" w14:textId="7AD729BB">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0037597B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Standing </w:t>
-[...32 lines deleted...]
-        <w:t>Committee</w:t>
+        <w:t>Standing orders Committee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="001016F1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">tanding orders </w:t>
       </w:r>
       <w:r w:rsidR="001016F1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">are the rules a meeting is run </w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="7BBA9BD0" w14:textId="77777777" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+        <w:t>are the set rules a meeting is run by, a standing orders committee is the way those rules are upheld, any motion put to a conference is checked by this committee that it is legal and meets the agreed rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="7BBA9BD0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Trade union</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – An organisation made up of members (a membership-based organisation) and its membership must be made up mainly of workers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AA85C5" w14:textId="5B7C16CA" w:rsidR="007A7123" w:rsidRPr="0037597B" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="0037597B" w:rsidR="007A7123" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="00AA85C5" w14:textId="4AA081A1">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023B54">
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Trade</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Trade Union Congress (TUC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> – the umbrella body for the majority of unions in England and Wales.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00023B54">
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>It has 48 member unions representing around 5.5 million people.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00023B54">
+        <w:t>It has 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="44DF581E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> member unions representing around 5.5 million people.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00023B54">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="4B894BB3">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
-            <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.tuc.org.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E1A5BA3" w14:textId="77777777" w:rsidR="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="5E1A5BA3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Union recognition</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Employers who recognise a union will negotiate with it over members’ pay and conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2D2A76" w14:textId="0CE36963" w:rsidR="00023B54" w:rsidRPr="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
+    <w:p w:rsidRPr="00023B54" w:rsidR="00023B54" w:rsidP="00023B54" w:rsidRDefault="00023B54" w14:paraId="2F2D2A76" w14:textId="0CE36963">
       <w:pPr>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Union rep/shop steward</w:t>
       </w:r>
       <w:r w:rsidRPr="00023B54">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Trade union reps are elected directly by their fellow workers and act as their representatives in individual and collective dealings with management. Trade union reps are not paid but they do get paid time off to do their work as a rep.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2196E53A" w14:textId="34E4A5F5" w:rsidR="00023B54" w:rsidRDefault="00023B54" w:rsidP="00023B54">
-[...21 lines deleted...]
-    <w:p w14:paraId="79678021" w14:textId="72C2C8E8" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="4B894BB3" w:rsidRDefault="00DF3D6E" w14:paraId="79678021" w14:textId="239AAFDA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc204741237"/>
+      <w:bookmarkStart w:name="_Toc208846410" w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>About Prospect</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="538E12E6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="12AB5FFC" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="538E12E6" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Most of the larger unions in the UK have grown and evolved through mergers and acquisitions with other unions, staff associations and professional bodies – either through necessity or strategy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C77DEEB" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...4 lines deleted...]
-    <w:p w14:paraId="6DAF9D48" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0C77DEEB" w14:textId="58426674">
+      <w:r>
+        <w:t xml:space="preserve">Prospect is no exception, having absorbed various groups of professional and specialist staff. It is now the tenth largest union in Britain out of the </w:t>
+      </w:r>
+      <w:r w:rsidR="3ED998E9">
+        <w:t>47</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> affiliated to the Trades Union Congress – the umbrella body for Britain’s unions – and the most diverse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6DAF9D48" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Prospect was formed in 2001 through the merger of the Engineers and Managers Association and the Institution of Professionals, Managers and Specialists. IPMS originated from the Royal Corps of Naval Constructors of 1916, so the new union inherited extensive history. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0531D10A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0531D10A" w14:textId="77777777">
       <w:r>
         <w:t>The EMA’s power station managers and electricity distribution engineers complemented the IPMS demographic (scientists, engineers and managers in the defence, energy, heritage, environment and transport sectors) and strengthened our bargaining power.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632D261A" w14:textId="17F3FFB4" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...4 lines deleted...]
-    <w:p w14:paraId="561B997F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="632D261A" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Prospect merged with the telecoms professionals in Connect union in 2010 and with Aspect, which represents professionals in education, children’s services and social care in 2012. In January 2017, Bectu, the media and entertainment union, joined us to create a sector which includes broadcasting, cinema, film, digital media, independent production, leisure, IT and telecoms, theatre and the arts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="561B997F" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Despite the expansion, the union has managed to maintain four key principles of industrial relations that are consistently important to members, whichever union they originated from: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDC861C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="7BDC861C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>we represent professional staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5611CC5E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="5611CC5E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">we are not affiliated to any party political </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DA1715" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="03DA1715" w14:textId="6BED3A07">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">one of our objectives is ‘…to promote the advancement and efficiency of industries and organisations where members are employed’ </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="60B42771" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+        <w:t>one of our objectives is ‘…to promote the advancement and efficiency of industries and organisations where members are employed</w:t>
+      </w:r>
+      <w:r w:rsidR="0DCF3D01">
+        <w:t xml:space="preserve"> or engaged’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="60B42771" w14:textId="22FB7179">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>as an affiliate, we enjoy the resources of the TUC.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A59F755" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t xml:space="preserve">as an affiliate, we enjoy the resources </w:t>
+      </w:r>
+      <w:r w:rsidR="0E1AE4A5">
+        <w:t xml:space="preserve">and support </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of the TUC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7A59F755" w14:textId="77777777">
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68727D8D" w14:textId="77777777" w:rsidR="00586E11" w:rsidRDefault="00586E11">
+    <w:p w:rsidR="00586E11" w:rsidRDefault="00586E11" w14:paraId="68727D8D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4765DD" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00586E11" w:rsidRDefault="00DF3D6E" w14:paraId="0B4765DD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc204741238"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846411" w:id="6"/>
+      <w:r>
         <w:t>What happens on trade union courses?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5D1634C7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="344BDAD0" w14:textId="2F846866">
+      <w:r>
+        <w:t>For many trade union activists, Prospect courses mark a return to education</w:t>
+      </w:r>
+      <w:r w:rsidR="7BB3205F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5D1634C7" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Trade union education places great value on the knowledge that union reps bring to the course and seeks to enhance this by working co-operatively to gain new knowledge.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F3A09E" w14:textId="3EFA59A4" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="37F3A09E" w14:textId="3EFA59A4">
       <w:r>
         <w:t xml:space="preserve">We place great emphasis on team working and involving everybody in the learning process. This not only makes learning interesting and </w:t>
       </w:r>
       <w:r w:rsidR="001E13BF">
         <w:t>challenging but</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is rooted in well-researched and tested educational methods. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18659D93" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...12 lines deleted...]
-    <w:p w14:paraId="0D5AD185" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="18659D93" w14:textId="77777777">
+      <w:r>
+        <w:t>As part of this approach we will:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="0D5AD185" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>encourage a cooperative approach to learning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702488DF" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="702488DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>allow workplace experiences to be reflected and valued throughout the programme</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A3BDA2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="44A3BDA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>help you to build a useful resource pack to support your union activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AEDBF9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="58AEDBF9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>encourage a collective approach to your role as a Prospect representative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D24832C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00586E11" w:rsidRDefault="00DF3D6E" w14:paraId="0D24832C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc204741239"/>
+      <w:bookmarkStart w:name="_Toc208846412" w:id="7"/>
       <w:r>
         <w:t>The tutor’s role</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4CC8E588" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4CC8E588" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Trade union tutors are qualified to teach in the ‘learning and skills sector’ (adult education outside of university) and will also have extensive practical experience as trade unionists. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521A753C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="521A753C" w14:textId="77777777">
       <w:r>
         <w:t>They should be inspiring, accessible and empowering – you should learn from them! Your tutor will:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C106F0A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="5C106F0A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>make sure that the expected learning outcomes are clear</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D80B037" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="7D80B037" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>encourage and facilitate everyone’s participation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF5292A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="4CF5292A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">introduce you to new ideas and concepts </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7438FB68" w14:textId="06A55E8E" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="7438FB68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>giv</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4911CC1A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+        <w:t>giving guidance on how to become an accredited rep</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="4911CC1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>help you understand your own preferred learning styles and ensure that everyone can participate and benefit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23614E17" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00586E11" w:rsidRDefault="00DF3D6E" w14:paraId="23614E17" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc204741240"/>
+      <w:bookmarkStart w:name="_Toc208846413" w:id="8"/>
       <w:r>
         <w:t>Your role</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="27E010E5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="66FD8B90" w14:textId="50EEC3E3">
+      <w:r>
+        <w:t xml:space="preserve">The focus of trade union education is 'learning' rather than 'teaching'. The focus is on you and your colleagues as learners rather than on the tutor (although their role is </w:t>
+      </w:r>
+      <w:r w:rsidR="2EF48548">
+        <w:t>vital</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) as teacher. In particular, we hope you will:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="27E010E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>feel confident to participate fully</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F4E526" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="59F4E526" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>be able to support your colleagues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2307D958" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="2307D958" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>enjoy the learning process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F29C614" w14:textId="3701722B" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="7F29C614" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>add to your existing knowledge and skill</w:t>
       </w:r>
-      <w:r w:rsidR="008D556B">
-[...3 lines deleted...]
-    <w:p w14:paraId="00A0E78E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="00A0E78E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>use your new knowledge and skills to support Prospect’s aims in your workplace.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DFD07C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="37DFD07C" w14:textId="77777777">
       <w:r>
         <w:t>We ask that you take an active part in the course, support your fellow reps and course members when you can and be respectful of other delegates during the course – this will help you promote collective and co-operative activity at your own workplace.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204DEABC" w14:textId="1BA30ECF" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="204DEABC" w14:textId="1BA30ECF">
       <w:r>
         <w:t xml:space="preserve">We respect whatever pronoun you wish to be referred to during the course – please write it on your </w:t>
       </w:r>
       <w:r w:rsidR="00276B18">
         <w:t>name card</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6832EA63" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="0456CBBC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6832EA63" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00586E11" w:rsidRDefault="00DF3D6E" w14:paraId="0456CBBC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc204741241"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846414" w:id="9"/>
+      <w:r>
         <w:t>Using your knowledge and skills</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="10D290C4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="10D290C4" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Learning and knowledge are valuable in their own right – they need no justification but as practical people we want to encourage you to develop further.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79085BC8" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="79085BC8" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">First, we want your experience of learning with us to encourage you to engage in other forms of learning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B60AC8" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="50B60AC8" w14:textId="77777777">
       <w:r>
         <w:t>Second, we hope you will use your learning to make a difference at work – for the better.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C86FB2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="72C86FB2" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">To help you put your learning to good use we will provide you with a small ‘action plan’ for you to apply at your workplace. We will also support you to carry it out. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E720617" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0E720617" w14:textId="77777777">
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47604EBC" w14:textId="77777777" w:rsidR="00586E11" w:rsidRDefault="00586E11">
+    <w:p w:rsidR="00586E11" w:rsidRDefault="00586E11" w14:paraId="47604EBC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B96CD8" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00586E11" w:rsidRDefault="00DF3D6E" w14:paraId="54B96CD8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc204741242"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846415" w:id="10"/>
+      <w:r>
         <w:t>Equality and diversity statement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="68917F8B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="68917F8B" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Prospect is dedicated to providing training for all its representatives and activists that aspires to the highest standards of respect for difference and diversity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D6F8F9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="30D6F8F9" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">This statement is inspired by our trade union values of justice, fairness, democracy, solidarity and equality. As a trade union, we oppose any view, action or organisation that undermines the ability of working people to act collectively to pursue their democratically determined policies and objectives. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421A3D80" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="421A3D80" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">We are opposed to discrimination against people on the basis of their gender, nationality, ethnicity, religion, disability, sexual orientation, marital status, social class, age, politics or education. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B63790" w14:textId="5E51B943" w:rsidR="00586E11" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...22 lines deleted...]
-    <w:p w14:paraId="007E3D8C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00BE2986" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00586E11" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="03B63790" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">We defend the right to freedom of expression and to political opinions and beliefs except where these conflict with, or tend to undermine, the freedom of other people from discrimination on the grounds listed above. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00BE2986" w14:paraId="007E3D8C" w14:textId="77777777">
       <w:r>
         <w:t>In particular,</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> we are opposed to sexist, racist and fascist ideologies and will not permit such views to be promoted at Prospect education events.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060BDA1C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="060BDA1C" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">We will seek to ensure that all Prospect training is accessible to all who wish to attend. Recruitment to courses will be open, fair and in line with our commitments above.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBB2B22" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0FBB2B22" w14:textId="77777777">
       <w:r>
         <w:t>All courses will allow opinions to be put forward and defended (consistent with the statement above). All members who attend Prospect courses are entitled to respect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7276DA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1A7276DA" w14:textId="77777777">
       <w:r>
         <w:t>Members who want to raise issues relating to our commitment to equality and diversity, or if they wish to lodge a complaint about any incident or failure concerning this policy, should use the following procedure:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344645F2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="344645F2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>any issue occurring during a course to be raised with the tutor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F61C28" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="06F61C28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>if this is not practicable, or if the complaint is not dealt with to the satisfaction of the member, it should be raised with Prospect’s education officer or the education and skills manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA2DBE9" w14:textId="6FAB63EE" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="2AA2DBE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>if a member is not satisfied</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="44DB4805" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+        <w:t>if a member is not satisfied, the matter should be referred to the General Secretary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="44DB4805" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2560"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00147807">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B66C182" w14:textId="77777777" w:rsidR="00586E11" w:rsidRDefault="00586E11">
+    <w:p w:rsidR="00586E11" w:rsidRDefault="00586E11" w14:paraId="2B66C182" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201A5BF7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00586E11">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00586E11" w:rsidRDefault="00DF3D6E" w14:paraId="201A5BF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc204741243"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846416" w:id="11"/>
+      <w:r>
         <w:t xml:space="preserve">Session 1: Activity </w:t>
       </w:r>
       <w:r w:rsidR="003955FD">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – Introductions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D59A379" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2E46CE00" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6D59A379" w14:textId="77777777">
       <w:r>
         <w:t>The tutor will split you into pairs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E1521E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="22E1521E" w14:textId="77777777">
       <w:r>
         <w:t>Please gather the following information from your partner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391817CC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00147807" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00147807" w14:paraId="391817CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve">heir name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C55D136" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="6C55D136" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the company they work for </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3347F83C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="3347F83C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>their current work role</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0AD3C3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="6B0AD3C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">why they first become involved in the union </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196AC200" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="196AC200" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">their current union role and how long they have been active in that role </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA12BAE" w14:textId="2F6D425B" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="2FA12BAE" w14:textId="2F6D425B">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>what they want from the course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55157618" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00147807">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00147807" w:rsidRDefault="00DF3D6E" w14:paraId="55157618" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>an interesting fact about the person (preferably not work-related).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3360664A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="1440EA1F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3360664A" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1440EA1F" w14:textId="77777777">
       <w:r>
         <w:t>The tutor will ask you to introduce your partner to the other course participants.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19625472" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="19625472" w14:textId="77777777">
       <w:r>
         <w:t>Please complete this form for the person you interview, not yourself.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4E6131" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="15F39575" w14:textId="77777777" w:rsidR="001E6C58" w:rsidRDefault="001E6C58">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6C4E6131" w14:textId="77777777"/>
+    <w:p w:rsidR="001E6C58" w:rsidRDefault="001E6C58" w14:paraId="15F39575" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E55CFC8" w14:textId="77777777" w:rsidR="001B6562" w:rsidRDefault="001B6562" w:rsidP="00DF3D6E"/>
+    <w:p w:rsidR="001B6562" w:rsidP="00DF3D6E" w:rsidRDefault="001B6562" w14:paraId="7E55CFC8" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ProspectBectu"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="642A570F" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="642A570F" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADD3AED" w14:textId="2E20BBE1" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="0ADD3AED" w14:textId="2E20BBE1">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="00894C9E" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="00894C9E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="475AC6CC" w14:textId="2EF95395" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="475AC6CC" w14:textId="2EF95395">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="002A7AB0" w14:paraId="52C852BE" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="002A7AB0" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="52C852BE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2179A554" w14:textId="0427CDF8" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="2179A554" w14:textId="0427CDF8">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="2F4B83A5" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="2F4B83A5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A1B2AF2" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="6A1B2AF2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="002A7AB0" w14:paraId="607DD455" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="002A7AB0" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="607DD455" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="355A33B1" w14:textId="38D47EA1" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="355A33B1" w14:textId="38D47EA1">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Work role</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="1526C996" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="1526C996" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5647A236" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="5647A236" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="002A7AB0" w14:paraId="76E003EB" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="002A7AB0" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="76E003EB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B0AC2CD" w14:textId="691CEB99" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="0096044D">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="0096044D" w:rsidRDefault="001B6562" w14:paraId="4B0AC2CD" w14:textId="691CEB99">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="320"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Why they got involved in the union</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="15B6F416" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="15B6F416" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B033939" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="0B033939" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="7B78E610" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="7B78E610" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FE9128A" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="002A7AB0" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="002A7AB0" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="0FE9128A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="0894BB4B" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="0894BB4B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16B3BE35" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="002A7AB0" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="002A7AB0" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="16B3BE35" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="576BF321" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="576BF321" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E4CE7F8" w14:textId="67649F47" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="0096044D">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="0096044D" w:rsidRDefault="001B6562" w14:paraId="2E4CE7F8" w14:textId="67649F47">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="320"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Current union role</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="55EA730E" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="55EA730E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FC7FABA" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="1FC7FABA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="30759581" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="30759581" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="554AC508" w14:textId="41EEDA23" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="0096044D">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="0096044D" w:rsidRDefault="001B6562" w14:paraId="554AC508" w14:textId="41EEDA23">
             <w:pPr>
               <w:pStyle w:val="Normalnumberedparas"/>
               <w:spacing w:before="320" w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What does the person you are interviewing want from the course?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="41E2EADE" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="41E2EADE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29F54849" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="0096044D">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="0096044D" w:rsidRDefault="001B6562" w14:paraId="29F54849" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="2915660B" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="2915660B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39591207" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="39591207" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="3CCB0EE8" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="3CCB0EE8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34F8831F" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="34F8831F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="259863C9" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="259863C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5507C188" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="5507C188" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="001B6562" w14:paraId="445950A8" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="001B6562" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="445950A8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FAD3F11" w14:textId="5055E391" w:rsidR="001B6562" w:rsidRPr="0096044D" w:rsidRDefault="001B6562" w:rsidP="0096044D">
+          <w:p w:rsidRPr="0096044D" w:rsidR="001B6562" w:rsidP="0096044D" w:rsidRDefault="001B6562" w14:paraId="4FAD3F11" w14:textId="5055E391">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="320"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096044D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Interesting fact about the person</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="68E105DC" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="68E105DC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="317822EF" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="317822EF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="002F569B" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="002F569B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BAABD5D" w14:textId="77777777" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="1BAABD5D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="369D6E2F" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="369D6E2F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="138A2AEC" w14:textId="331A262A" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="138A2AEC" w14:textId="331A262A">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="1418A8EA" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="1418A8EA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5098E1BB" w14:textId="0D36F965" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="5098E1BB" w14:textId="0D36F965">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6562" w:rsidRPr="004B29A3" w14:paraId="672ED49F" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidTr="00C71ACE" w14:paraId="672ED49F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1114D4A7" w14:textId="110A5B48" w:rsidR="001B6562" w:rsidRPr="004B29A3" w:rsidRDefault="001B6562" w:rsidP="001B6562">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="001B6562" w:rsidP="001B6562" w:rsidRDefault="001B6562" w14:paraId="1114D4A7" w14:textId="110A5B48">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="017BAA31" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="017BAA31" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc204741244"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846417" w:id="12"/>
+      <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00585A26">
         <w:t>ession 2: What is a trade union</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="348B31C6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="348B31C6" w14:textId="77777777">
       <w:r>
         <w:t>The definition of a trade union is:</w:t>
       </w:r>
       <w:r w:rsidR="00585A26">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>An organised association of workers in a trade, group of trades, or profession, formed to protect and further their rights and interests.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9956A9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="5A9956A9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc204741245"/>
+      <w:bookmarkStart w:name="_Toc208846418" w:id="13"/>
       <w:r>
         <w:t>Recognition in the workplace</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="479E7BDE" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="479E7BDE" w14:textId="77777777">
       <w:r>
         <w:t>Employers are not obliged to bargain with unions. They can voluntarily recognise a union or a union can gain statutory recognition by meeting certain criteria and applying to the Central Arbitration Committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2602D1C3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2602D1C3" w14:textId="3E4D97E0">
       <w:r>
         <w:t>With a recognition agreement in place, the employer ‘recognises’ the union for collective bargaining purposes. Statutory recognition is limited to pay, hours and holidays.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0EADC0CA" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="0013394E">
+      <w:r w:rsidR="00EA3CA9">
+        <w:t xml:space="preserve"> See </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3CA9">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00EA3CA9">
+        <w:instrText xml:space="preserve"> REF _Ref140840124 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00EA3CA9">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00814D92" w:rsidR="00EA3CA9">
+        <w:t>Appendix 4: Trade union recognition</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3CA9">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EA3CA9">
+        <w:t xml:space="preserve"> for more on the recognition process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0013394E" w:rsidP="0013394E" w:rsidRDefault="0013394E" w14:paraId="0EADC0CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc204741246"/>
+      <w:bookmarkStart w:name="_Toc208846419" w:id="14"/>
       <w:r>
         <w:t>Your right to join a trade union</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3AC9C29A" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="0013394E">
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="0013394E" w:rsidP="0013394E" w:rsidRDefault="0013394E" w14:paraId="3AC9C29A" w14:textId="77777777">
       <w:r>
         <w:t>You have the right to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693B50C7" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="00585A26">
+    <w:p w:rsidR="0013394E" w:rsidP="00585A26" w:rsidRDefault="0013394E" w14:paraId="693B50C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>choose to join, or not join, a union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2396E365" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="00585A26">
+    <w:p w:rsidR="0013394E" w:rsidP="00585A26" w:rsidRDefault="0013394E" w14:paraId="2396E365" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>decide to leave or remain a member of a union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9E7241" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="00585A26">
+    <w:p w:rsidR="0013394E" w:rsidP="00585A26" w:rsidRDefault="0013394E" w14:paraId="6E9E7241" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>belong to the union you choose, even if it’s not the one your employer negotiates with on pay, terms and conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F921C47" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="00585A26">
+    <w:p w:rsidR="0013394E" w:rsidP="00585A26" w:rsidRDefault="0013394E" w14:paraId="4F921C47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>belong to more than one union.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9149AF" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="0013394E">
+    <w:p w:rsidR="0013394E" w:rsidP="0013394E" w:rsidRDefault="0013394E" w14:paraId="2A9149AF" w14:textId="77777777">
       <w:r>
         <w:t>Your employer is not allowed to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C47559" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="00585A26">
+    <w:p w:rsidR="0013394E" w:rsidP="00585A26" w:rsidRDefault="0013394E" w14:paraId="22C47559" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>offer you a benefit to leave a trade union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D6A8B4" w14:textId="77777777" w:rsidR="0013394E" w:rsidRDefault="0013394E" w:rsidP="00585A26">
+    <w:p w:rsidR="0013394E" w:rsidP="00585A26" w:rsidRDefault="0013394E" w14:paraId="65D6A8B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>threaten to treat you unfairly if you don’t leave a union or stop doing union activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF266C7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="003F738A" w:rsidP="00F478B9">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00F478B9" w:rsidRDefault="003F738A" w14:paraId="2AF266C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="280"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc204741247"/>
+      <w:bookmarkStart w:name="_Toc208846420" w:id="15"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t>he general benefits of union membership</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="305DAA8C" w14:textId="77777777" w:rsidR="005421A0" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="005421A0" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="305DAA8C" w14:textId="77777777">
       <w:r>
         <w:t>Unions have brought significant changes to society, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146496ED" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="146496ED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>a national minimum wage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FEC24F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="71FEC24F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the abolition of child labour</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55714416" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="55714416" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>improved worker safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754DF5B4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="754DF5B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>improved living standards by reducing the number of hours in the working week and encouraging a healthy work/life balance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD7E1F1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="4AD7E1F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>improved parental leave</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5703B596" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="5703B596" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>equality legislation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445A2FEE" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="445A2FEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>better protection of migrant workers and a reduction in exploitation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52EDA1A4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00585A26">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00585A26" w:rsidRDefault="00DF3D6E" w14:paraId="52EDA1A4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>minimum holiday and sickness entitlements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015EE4CD" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="005421A0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="015EE4CD" w14:textId="77777777">
+      <w:r>
+        <w:t>You are better off in a workplace that recognises a union because wages are higher, health and safety is better and union workplaces usually offer more training and development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="1FC4B6F9" w:rsidRDefault="00DF3D6E" w14:paraId="307C463E" w14:textId="70223750">
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Pay</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> – Union members, on average, earn more per hour than those who are not part of a union. In the most recent surveyed time period, the difference in hourly wages amounted to </w:t>
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00141A6E">
+        <w:t xml:space="preserve"> – Union members, on average, </w:t>
+      </w:r>
+      <w:r w:rsidR="2130F4EE">
+        <w:t>secure better pay deals</w:t>
+      </w:r>
+      <w:r w:rsidR="7ECBE90A">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">han those who are not part of a union. </w:t>
+      </w:r>
+      <w:r w:rsidR="6535D619">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="59551EE0">
+        <w:t xml:space="preserve"> more information on </w:t>
+      </w:r>
+      <w:r w:rsidR="7BF22BED">
+        <w:t xml:space="preserve">collective </w:t>
+      </w:r>
+      <w:r w:rsidR="59551EE0">
+        <w:t>pay deal</w:t>
+      </w:r>
+      <w:r w:rsidR="28B98306">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="59551EE0">
+        <w:t xml:space="preserve"> in recognised workplaces </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="4B894BB3" w:rsidR="6C28E744">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
-          <w:t>http://bit.ly/union-wage-premium</w:t>
+          <w:t>Pay &amp; bargaining news | LRD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9F9417" w14:textId="32E1D6BD" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2A9F9417" w14:textId="32E1D6BD">
       <w:r w:rsidRPr="005421A0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Health and safety</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00911932" w:rsidRPr="007C6CDD">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="007C6CDD" w:rsidR="00911932">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.tuc.org.uk/research-analysis/reports/union-effect</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00911932">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4700F3FC" w14:textId="02FA39BC" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00141A6E">
+    <w:p w:rsidR="00A86E07" w:rsidP="4B894BB3" w:rsidRDefault="62EB3AD7" w14:paraId="037BEBDC" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Prospect offers a range of CPD and industry recognised training for its members </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="4B894BB3" w:rsidR="228D3D19">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
-          <w:t>www.tuc.org.uk/sites/default/files/Skils_and_training.pdf</w:t>
+          <w:t>Free bitesize vocational learning | Prospect</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="228D3D19">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9CE088" w14:textId="380BDB40" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="4B894BB3" w:rsidRDefault="00DF3D6E" w14:paraId="0A9CE088" w14:textId="2D53D0BF">
+      <w:r>
         <w:t>How unions and collectiv</w:t>
       </w:r>
       <w:r w:rsidR="003F738A">
         <w:t xml:space="preserve">e bargaining </w:t>
       </w:r>
-      <w:r w:rsidR="003F738A" w:rsidRPr="005421A0">
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="003F738A">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>create great jobs</w:t>
       </w:r>
       <w:r w:rsidR="003F738A">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="007618FD">
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="4B894BB3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.tuc.org.uk/research-analysis/reports/great-jobs-are-union-jobs</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F5E7243" w14:textId="3704F65F" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3F5E7243" w14:textId="3704F65F">
       <w:r>
         <w:t xml:space="preserve">TUC research found that for every £1 spent on </w:t>
       </w:r>
-      <w:r w:rsidRPr="005421A0">
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
       <w:r>
         <w:t>, the economy got £</w:t>
       </w:r>
       <w:r w:rsidR="00725F05">
         <w:t>12.87</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> back –</w:t>
       </w:r>
       <w:r w:rsidR="00725F05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00725F05" w:rsidRPr="00725F05">
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="4B894BB3" w:rsidR="00725F05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.tuc.org.uk/sites/default/files/2020-11/TheFutureUnionLearningFund.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2552384D" w14:textId="7014C578" w:rsidR="000B7F23" w:rsidRPr="000B7F23" w:rsidRDefault="008B23EB" w:rsidP="000B7F23">
-[...4 lines deleted...]
-        <w:r w:rsidR="000B7F23" w:rsidRPr="00725F05">
+    <w:p w:rsidR="795243F9" w:rsidP="1FC4B6F9" w:rsidRDefault="795243F9" w14:paraId="31949217" w14:textId="4FAEC19C">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For further information and data to support this statement refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="4B894BB3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://library.prospect.org.uk/download/2019/01668</w:t>
+          <w:t>www.tuc.org.uk/reports</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E46B225" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="4B894BB3" w:rsidRDefault="00DF3D6E" w14:paraId="5E46B225" w14:textId="46476083">
       <w:r>
         <w:t>When you are trying to persuade a colle</w:t>
       </w:r>
       <w:r w:rsidR="004D236F">
         <w:t xml:space="preserve">ague to join, always mention </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">local issues that have been won or that the union has campaigned on. Sometimes the best thing to say is why you joined. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BB374B" w14:textId="77777777" w:rsidR="00110DAF" w:rsidRDefault="00110DAF" w:rsidP="00110DAF">
+    <w:p w:rsidR="00110DAF" w:rsidP="00110DAF" w:rsidRDefault="00110DAF" w14:paraId="32BB374B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc204741248"/>
+      <w:bookmarkStart w:name="_Toc208846421" w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="008D15B0">
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:t>: Compare a trade union to other options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5344FC81" w14:textId="77777777" w:rsidR="00110DAF" w:rsidRDefault="00585A26" w:rsidP="00110DAF">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00110DAF" w:rsidP="00110DAF" w:rsidRDefault="00585A26" w14:paraId="5344FC81" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">As a </w:t>
       </w:r>
       <w:r w:rsidR="00110DAF">
         <w:t>group discuss the benefits of being in a tr</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ade union as opposed to </w:t>
       </w:r>
       <w:r w:rsidR="00110DAF">
         <w:t>the following options:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1897CCEA" w14:textId="77777777" w:rsidR="00110DAF" w:rsidRDefault="00110DAF" w:rsidP="00585A26">
+    <w:p w:rsidR="00110DAF" w:rsidP="00585A26" w:rsidRDefault="00110DAF" w14:paraId="1897CCEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Facebook group or other social media groups </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="129CDDA4" w14:textId="77777777" w:rsidR="00110DAF" w:rsidRDefault="00110DAF" w:rsidP="00585A26">
+    <w:p w:rsidR="00110DAF" w:rsidP="00585A26" w:rsidRDefault="00110DAF" w14:paraId="129CDDA4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>workers’/employees’ forum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EF8BA3" w14:textId="7D75FC64" w:rsidR="00110DAF" w:rsidRDefault="002A5EE6" w:rsidP="00585A26">
+    <w:p w:rsidR="00110DAF" w:rsidP="00585A26" w:rsidRDefault="002A5EE6" w14:paraId="26EF8BA3" w14:textId="7D75FC64">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>single employee action</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECCA263" w14:textId="32608A54" w:rsidR="003A3D97" w:rsidRDefault="002A5EE6" w:rsidP="00585A26">
+    <w:p w:rsidR="003A3D97" w:rsidP="00585A26" w:rsidRDefault="002A5EE6" w14:paraId="4ECCA263" w14:textId="32608A54">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="003A3D97">
         <w:t>rofessional body</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62597FE9" w14:textId="77777777" w:rsidR="00221598" w:rsidRDefault="00221598" w:rsidP="00221598">
+    <w:p w:rsidR="00221598" w:rsidP="00221598" w:rsidRDefault="00221598" w14:paraId="62597FE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc204741249"/>
+      <w:bookmarkStart w:name="_Toc208846422" w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="008D15B0">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>: What can a union negotiate on?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1E8CE95C" w14:textId="0480F4E8" w:rsidR="000B4EB7" w:rsidRDefault="00221598" w:rsidP="00221598">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="000B4EB7" w:rsidP="00221598" w:rsidRDefault="00221598" w14:paraId="1E8CE95C" w14:textId="0480F4E8">
       <w:r>
         <w:t xml:space="preserve">In your groups make a list of </w:t>
       </w:r>
       <w:r w:rsidR="002A5EE6">
         <w:t>what a trade union can do.</w:t>
       </w:r>
       <w:r w:rsidR="000B4EB7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE12E7D" w14:textId="003D2732" w:rsidR="00221598" w:rsidRDefault="000B4EB7" w:rsidP="00221598">
+    <w:p w:rsidR="00221598" w:rsidP="00221598" w:rsidRDefault="000B4EB7" w14:paraId="1EE12E7D" w14:textId="62401503">
       <w:r>
         <w:t>In three groups, focus on</w:t>
       </w:r>
       <w:r w:rsidR="00221598">
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
       <w:r>
         <w:t>e area</w:t>
       </w:r>
       <w:r w:rsidR="00221598">
-        <w:t xml:space="preserve"> and have one</w:t>
-[...5 lines deleted...]
-        <w:t>person feedback</w:t>
+        <w:t xml:space="preserve"> and have one-person feedback</w:t>
       </w:r>
       <w:r w:rsidR="002A5EE6">
         <w:t xml:space="preserve"> to the rest of the group</w:t>
       </w:r>
       <w:r w:rsidR="009C0007">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC13080" w14:textId="77777777" w:rsidR="003A3D97" w:rsidRDefault="000B4EB7" w:rsidP="000B4EB7">
+    <w:p w:rsidR="003A3D97" w:rsidP="007F6A11" w:rsidRDefault="000B4EB7" w14:paraId="3FC13080" w14:textId="69507C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000B4EB7">
+        <w:rPr/>
         <w:t>What can you expect to be informed on?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716E7617" w14:textId="77777777" w:rsidR="000B4EB7" w:rsidRDefault="000B4EB7" w:rsidP="000B4EB7">
+    <w:p w:rsidR="017418B1" w:rsidP="3FB0CC4D" w:rsidRDefault="017418B1" w14:paraId="0B090EC9" w14:textId="7C214859">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="773B484C" w14:textId="77777777" w:rsidR="008172B9" w:rsidRDefault="000B4EB7" w:rsidP="008172B9">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="017418B1">
+        <w:rPr/>
+        <w:t>What should you be consulted on?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B4EB7" w:rsidP="007F6A11" w:rsidRDefault="000B4EB7" w14:paraId="716E7617" w14:textId="260D9B11">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="39111E37" w14:textId="77777777" w:rsidR="008172B9" w:rsidRDefault="008172B9" w:rsidP="002A5EE6">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000B4EB7">
+        <w:rPr/>
+        <w:t>What can a union negotiate on?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="08C38D0B" w:rsidP="08C38D0B" w:rsidRDefault="08C38D0B" w14:paraId="5D9CF33D" w14:textId="1A95B1EE"/>
+    <w:p w:rsidR="008172B9" w:rsidP="002A5EE6" w:rsidRDefault="008172B9" w14:paraId="39111E37" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC797E5" w14:textId="0530B80B" w:rsidR="002A5EE6" w:rsidRPr="00F478B9" w:rsidRDefault="002A5EE6" w:rsidP="002A5EE6">
+    <w:p w:rsidRPr="00F478B9" w:rsidR="002A5EE6" w:rsidP="002A5EE6" w:rsidRDefault="002A5EE6" w14:paraId="1BC797E5" w14:textId="0530B80B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc204741250"/>
+      <w:bookmarkStart w:name="_Toc208846423" w:id="18"/>
       <w:r w:rsidRPr="00F478B9">
-        <w:lastRenderedPageBreak/>
         <w:t>Activity D: Servicing or organising – describe your workplace</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="531AE92F" w14:textId="77777777" w:rsidR="002A5EE6" w:rsidRDefault="002A5EE6" w:rsidP="00F478B9">
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="002A5EE6" w:rsidP="00F478B9" w:rsidRDefault="002A5EE6" w14:paraId="531AE92F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The tutor(s) will provide a brief explanation as to what servicing and organising means. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13E037C1" w14:textId="5E25A18C" w:rsidR="002A5EE6" w:rsidRDefault="002A5EE6" w:rsidP="004E2474">
+    <w:p w:rsidR="002A5EE6" w:rsidP="004E2474" w:rsidRDefault="002A5EE6" w14:paraId="13E037C1" w14:textId="39429E9C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2474">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Read the stat</w:t>
       </w:r>
       <w:r w:rsidR="004E2474">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ements </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F51459">
+        <w:t>ements overleaf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E2474">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">below </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3A512DAD" w14:textId="77777777" w:rsidR="00F478B9" w:rsidRDefault="00F478B9" w:rsidP="004E2474"/>
+        <w:t xml:space="preserve"> and tick those which describe your branch at the moment. You may tick both sides, leave blank those that don’t apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F478B9" w:rsidP="004E2474" w:rsidRDefault="00F478B9" w14:paraId="3A512DAD" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9554" w:type="dxa"/>
         <w:tblInd w:w="80" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4031"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="4389"/>
         <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="646091B4" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="646091B4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6274F190" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="6274F190" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Servicing m</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>odel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B640F3C" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="3B640F3C" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>√?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08A9362F" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="08A9362F" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organising m</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>odel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E906431" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="5E906431" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>√?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="2EA431C5" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="2EA431C5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67C2816D" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="67C2816D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>nion is seen as external – as a third party that comes in to do things and then leaves again</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2BEC270A" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="2BEC270A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DA26873" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="009D698C" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="009D698C" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="1DA26873" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Members see themselves as the union and do things themselves rather than ask the union to do things for them</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A8DD7FE" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="7A8DD7FE" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="46ED6C3E" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="46ED6C3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C162E34" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="6C162E34" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Union officials tell members ‘the union</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE7144">
               <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>will sort out problems on their behalf.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29F7605A" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="29F7605A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1238200F" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="1238200F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Members identify their own issues</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> organise to sol</w:t>
             </w:r>
             <w:r>
               <w:t>ve them together and only ask</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> for help if they need it.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E329E3E" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="0E329E3E" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="708248B6" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="708248B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D5E5773" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="1D5E5773" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>The union relies on the employer to provide lists of workers</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE7144">
               <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">names to </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>union official</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="474D90D9" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="474D90D9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05BAA5E9" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="05BAA5E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Union members ‘map</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE7144">
               <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>the workplace themselves – names and information are provided by workers</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="647B7D49" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="647B7D49" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="0549DDB8" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="0549DDB8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="512C5D3C" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="512C5D3C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Relies wholly on employer for workplace access</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E01AF06" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="2E01AF06" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11A4460F" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="11A4460F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Some organising can be done outside work</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66206EDC" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="66206EDC" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="747E7FE6" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="747E7FE6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DCB8F9E" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="7DCB8F9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
               <w:t>The union relies on ‘c</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>old</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE7144">
               <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>selling of membership by specialist organisers who do not work at the employer</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05518DF3" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="05518DF3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24BF45F9" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="24BF45F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">First recruiting steps </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">are carried out by members to </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">establish </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">contacts, find natural leaders and </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>uncover issues</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58EC18C1" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="58EC18C1" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="05308B77" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="05308B77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33FD87F3" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="33FD87F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Union ‘sold</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE7144">
               <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:r>
               <w:t>to potential members on the</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> basis of services and insurance protection</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2055569D" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="2055569D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="04E876A4" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="04E876A4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Members see the union as a means to achieve direct improvements at work</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="651C2E7E" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="651C2E7E" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="662A9A13" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="662A9A13" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="561"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32631917" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="32631917" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Local reps and committee members rely on full time officials to recruit and solve problems</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1EC65E6D" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="1EC65E6D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B21319F" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="3B21319F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">Workplace organising committee formed; workers encouraged to build the union through </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">one-to-one </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>organising</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0379792E" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="0379792E" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="7DC4DE59" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="7DC4DE59" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="234"/>
+          <w:trHeight w:val="1605"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B65A5DE" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="0B65A5DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
               <w:t>Recruiting is seen as separate from</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> other activities</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5598FCC1" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="5598FCC1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69256069" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="69256069" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Recruitment and organising are integrated</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59F0965A" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="59F0965A" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="2667E0C9" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="2667E0C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="16"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0492EC81" w14:textId="4D7147C8" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="0492EC81" w14:textId="4D7147C8">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">Results are </w:t>
             </w:r>
-            <w:r w:rsidR="00750BB8" w:rsidRPr="00F16172">
+            <w:r w:rsidRPr="00F16172" w:rsidR="00750BB8">
               <w:t>achieved but</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> are likely to be short term</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1387C132" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="1387C132" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A0B54B5" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="5A0B54B5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">Results obtained through sustained efforts </w:t>
             </w:r>
             <w:r>
               <w:t>are</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> more likely to be permanent</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FBD90C5" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="7FBD90C5" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="79E67625" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="79E67625" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="16"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A274560" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="7A274560" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Workers blame ‘the union</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE7144">
               <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>when it can</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F16172">
-[...15 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00EE7144">
+              <w:t>’t get results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F9D6338" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="4F9D6338" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63F4322F" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="63F4322F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Members share decisions and solve problems together with union leaders</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A3622EC" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="2A3622EC" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="4D6F0657" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="4D6F0657" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="119"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="194F7569" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="194F7569" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Members complain they pay subs and the union does nothing</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1857FC50" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="1857FC50" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02774143" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="02774143" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Members make a real contributio</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">n and identify with the union. </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>An attack on the union is an attack on themselves</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="340F63A8" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="340F63A8" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="24248F3E" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="24248F3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="76"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37530E13" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="37530E13" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Organisers resent members for not coming to meetings or participating</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="084FB9E9" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="084FB9E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="759BCC4D" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="759BCC4D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">union’s </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>image is positive and active</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74F989B3" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="74F989B3" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D698C" w:rsidRPr="00F16172" w14:paraId="3CD3B239" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidTr="4B894BB3" w14:paraId="3CD3B239" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="16"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4031" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2997F0B3" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="2997F0B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>Management acts while the union reacts and is always on the defensive</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44F9DF30" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="44F9DF30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4389" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40F41E50" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00F478B9">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00F478B9" w:rsidRDefault="009D698C" w14:paraId="40F41E50" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16172">
               <w:t>The union has its own agenda</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t xml:space="preserve"> members </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">are </w:t>
             </w:r>
             <w:r w:rsidRPr="00F16172">
               <w:t>involv</w:t>
             </w:r>
             <w:r>
               <w:t>ed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="703BAFC9" w14:textId="77777777" w:rsidR="009D698C" w:rsidRPr="00F16172" w:rsidRDefault="009D698C" w:rsidP="00D20CF1">
+          <w:p w:rsidRPr="00F16172" w:rsidR="009D698C" w:rsidP="00D20CF1" w:rsidRDefault="009D698C" w14:paraId="703BAFC9" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="568A4EDF" w14:textId="77777777" w:rsidR="002A5EE6" w:rsidRDefault="002A5EE6">
+    <w:p w:rsidR="002A5EE6" w:rsidRDefault="002A5EE6" w14:paraId="568A4EDF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20690675" w14:textId="272F2424" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="20690675" w14:textId="272F2424">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc204741251"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846424" w:id="19"/>
+      <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="005253FF">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>: How Prospect works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7829707F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7829707F" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Prospect is an independent union and is </w:t>
       </w:r>
       <w:r w:rsidRPr="00673420">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673420">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>affiliated</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to any political party. Its objectives are set out in its rules. It exists to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CDA89A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="68CDA89A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>protect and promote members’ interests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CA0E83" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="34CA0E83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>maintain and improve their conditions of employment and relations between them and their employer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469B8704" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="469B8704" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>provide and maintain services for the benefit of members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57976C9C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="57976C9C" w14:textId="77777777">
       <w:r>
         <w:t>As a union is democratic, it has to have a structure that makes that possible. The first part of that structure is the branch.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0F7690" w14:textId="51C4A46C" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="7C0F7690" w14:textId="51C4A46C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc204741252"/>
+      <w:bookmarkStart w:name="_Toc208846425" w:id="20"/>
       <w:r>
         <w:t>Watch the video – How Prospect works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7FE4ADDB" w14:textId="7753C1BE" w:rsidR="00CA214A" w:rsidRDefault="00D652FF" w:rsidP="00CA214A">
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00CA214A" w:rsidP="00CA214A" w:rsidRDefault="00D652FF" w14:paraId="7FE4ADDB" w14:textId="7753C1BE">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="00F22714">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://vimeo.com/showcase/prospect-ed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>Password: education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAC8E78" w14:textId="7924F75C" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="2DAC8E78" w14:textId="7924F75C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc204741253"/>
+      <w:bookmarkStart w:name="_Toc208846426" w:id="21"/>
       <w:r>
         <w:t>What is a branch?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A327C76" w14:textId="73421752" w:rsidR="00D652FF" w:rsidRPr="00D652FF" w:rsidRDefault="00125E70" w:rsidP="00910A69">
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidRPr="00D652FF" w:rsidR="00D652FF" w:rsidP="00910A69" w:rsidRDefault="00125E70" w14:paraId="1A327C76" w14:textId="73421752">
       <w:pPr>
         <w:pStyle w:val="Normalnumberedparas"/>
         <w:spacing w:before="400"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49858AB1" wp14:editId="16C44532">
             <wp:extent cx="5687968" cy="2378604"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="16" name="Picture 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="16" name="Picture 16"/>
                     <pic:cNvPicPr/>
@@ -8975,443 +8855,496 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5687968" cy="2378604"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE25B66" w14:textId="20F570AF" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4FE25B66" w14:textId="20F570AF">
       <w:r>
         <w:t>A branch is a usually made up of members who work for one employer (bargaining unit). A bargaining unit is the group of workers for whom a trade union is requesting, or has been granted, recognition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D92EAC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="39D92EAC" w14:textId="77777777">
       <w:r>
         <w:t>Large branches, for example workplaces with several sites or businesses, may be broken down into sections or sub-sections.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE0556C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5BE0556C" w14:textId="77777777">
       <w:r>
         <w:t>Your branch should be organised so that every member who could be affected by negotiations carried out by branch representatives can be informed and have their say.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7453A45A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="7453A45A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc204741254"/>
+      <w:bookmarkStart w:name="_Toc208846427" w:id="22"/>
       <w:r>
         <w:t>Why does it matter what branch you are in?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="47D500CA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="47D500CA" w14:textId="77777777">
       <w:r>
         <w:t>It is very important that members are in the right branch/bargaining unit so that they can speak or vote on issues that affect them. It also means that the union and its reps can better ‘group’ members together and make it easier to help them and deal with issues.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583D923C" w14:textId="77777777" w:rsidR="00E57CF8" w:rsidRDefault="00E57CF8">
+    <w:p w:rsidR="00E57CF8" w:rsidRDefault="00E57CF8" w14:paraId="583D923C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060FB0F9" w14:textId="1856E28A" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="060FB0F9" w14:textId="1856E28A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc204741255"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846428" w:id="23"/>
+      <w:r>
         <w:t>What happens when a new member joins Prospect?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2304E480" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2304E480" w14:textId="77777777">
       <w:r>
         <w:t>A new member is put into the appropriate branch. This is decided from the following information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBEC424" w14:textId="77777777" w:rsidR="009C0007" w:rsidRDefault="009C0007" w:rsidP="009C0007">
+    <w:p w:rsidR="009C0007" w:rsidP="009C0007" w:rsidRDefault="009C0007" w14:paraId="0DBEC424" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>who they work for</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A77510C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="009C0007" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="009C0007" w14:paraId="6A77510C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> job or role</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6D2D7F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="009C0007" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="009C0007" w14:paraId="7E6D2D7F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>their work</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> location.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D774FCE" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...12 lines deleted...]
-    <w:p w14:paraId="41FC4AA3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3D774FCE" w14:textId="77777777">
+      <w:r>
+        <w:t>A member can only be in one branch. If it is not certain which branch they should be in, they go into a regional branch until it can be narrowed down or a new branch is formed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="41FC4AA3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc204741256"/>
+      <w:bookmarkStart w:name="_Toc208846429" w:id="24"/>
       <w:r>
         <w:t>Sectors</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...2 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="06C834BF" w14:textId="142C35AF">
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
         <w:t xml:space="preserve">A sector is made up of branches with employers who have a similar business, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="499C3B95" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:r w:rsidR="2AC94067">
+        <w:rPr/>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6D7D99DB">
+        <w:rPr/>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve">nergy, </w:t>
+      </w:r>
+      <w:r w:rsidR="23B57F74">
+        <w:rPr/>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve">edia and </w:t>
+      </w:r>
+      <w:r w:rsidR="372F4284">
+        <w:rPr/>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve">ntertainment or </w:t>
+      </w:r>
+      <w:r w:rsidR="23110540">
+        <w:rPr/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve">ublic </w:t>
+      </w:r>
+      <w:r w:rsidR="06002A8F">
+        <w:rPr/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD8931">
+        <w:rPr/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="7DF4ACD3">
+        <w:rPr/>
+        <w:t xml:space="preserve">IT &amp; Telecoms, </w:t>
+      </w:r>
+      <w:r w:rsidR="7B2226C3">
+        <w:rPr/>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD8931">
+        <w:rPr/>
+        <w:t xml:space="preserve">eritage, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6FF3">
+        <w:rPr/>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD8931">
+        <w:rPr/>
+        <w:t>efence</w:t>
+      </w:r>
+      <w:r w:rsidR="4E22D962">
+        <w:rPr/>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD8931">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="38EEDD69">
+        <w:rPr/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD8931">
+        <w:rPr/>
+        <w:t>viation</w:t>
+      </w:r>
+      <w:r w:rsidR="0E2AF321">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="499C3B95" w14:textId="77777777">
       <w:r>
         <w:t>Sectors have committees and conferences which are held every two years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5933D881" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="5933D881" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc204741257"/>
+      <w:bookmarkStart w:name="_Toc208846430" w:id="25"/>
       <w:r>
         <w:t>Branch reps</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3505B2B1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3505B2B1" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Under the union’s rules, a branch has to elect a </w:t>
       </w:r>
       <w:r w:rsidRPr="00183359">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>president or chair</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> responsible for:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A5045F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="36A5045F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the proper conduct of any branch meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A582B5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="73A582B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>ensuring that business is kept moving and every member gets a chance to speak if they want to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F943D8F" w14:textId="64B34DCD" w:rsidR="00DF3D6E" w:rsidRDefault="00BC01B8" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="2F943D8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">ensuring </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="650A6EB0" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t>clarifying that clear decisions are reached and recorded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="650A6EB0" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Another role needed under union rules is a </w:t>
       </w:r>
       <w:r w:rsidRPr="00183359">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>secretary</w:t>
       </w:r>
       <w:r>
         <w:t>, whose duties include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C454AAD" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="5C454AAD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>calling branch conferences or annual general meetings (AGM) or any other branch meeting and making the arrangements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694EA889" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="694EA889" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>preparing and circulating agendas, minutes and action lists</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A479DF" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="09A479DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>being the conduit between the branch and Prospect as a whole</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E41B49" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="05E41B49" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>maintaining branch records.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF766A2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1AF766A2" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">To protect members’ data and to avoid sending out emails that members may not be interested in, Prospect nationally sends the majority of correspondence to branch secretaries. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202927A6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="202927A6" w14:textId="77777777">
       <w:r>
         <w:t>In smaller branches, the secretary is usually in charge of the membership records; larger branches may have a dedicated membership secretary or organiser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E2DA21" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...14 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="65E2DA21" w14:textId="0B1697E6">
+      <w:r>
+        <w:t>Other roles that the branch may elect include: organiser, treasurer, health and safety rep, union learning rep, equality rep, pension rep, environmental rep and case handler</w:t>
+      </w:r>
+      <w:r w:rsidR="73C9B000">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AE04BF" w14:textId="77777777" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5">
+    <w:p w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w14:paraId="67AE04BF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA4A71D" w14:textId="35FFBB15" w:rsidR="00910A69" w:rsidRPr="00543E34" w:rsidRDefault="00795451" w:rsidP="00910A69">
+    <w:p w:rsidRPr="00543E34" w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00795451" w14:paraId="7BA4A71D" w14:textId="35FFBB15">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc53066073"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc53066073" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc53066135" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc53071615" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc53071678" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc53071741" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc53071911" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc53146919" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc208846431" w:id="33"/>
+      <w:r>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:softHyphen/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidR="00910A69" w:rsidRPr="00543E34">
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00543E34" w:rsidR="00910A69">
         <w:t>Branch meetings</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="76ABF114" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="76ABF114" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A branch meeting is where an issue can be discussed, and a democratic decision reached and voted on. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4C7BAF" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="3D4C7BAF" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">A majority decision at a branch meeting is the course of action a representative takes up with management on the members’ behalf.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A31C64F" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
-[...12 lines deleted...]
-    <w:p w14:paraId="2291A775" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="3A31C64F" w14:textId="77777777">
+      <w:r>
+        <w:t>Most members do not want to attend branch meetings. Decisions still need to be made on the day-to-day business of the branch. So the branch elects a committee to facilitate this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="2291A775" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">It is very important that all the different working areas/grades/departments are represented on the committee. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D1F66A" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="48D1F66A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc55292321"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc204741259"/>
+      <w:bookmarkStart w:name="_Toc55292321" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc208846432" w:id="35"/>
       <w:r>
         <w:t>How branch democracy works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
-    </w:p>
-    <w:p w14:paraId="39E72237" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="39E72237" w14:textId="77777777">
       <w:r>
         <w:t>It is very important that issues that affect the majority of the branch are dealt with as a priority.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73186C6C" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="73186C6C" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Getting agreement at a meeting may not be easy. The chair will need to keep order and make sure all the sides of the argument are heard. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B046047" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="0B046047" w14:textId="77777777">
       <w:r>
         <w:t>The committee should agree beforehand who will provide the information needed for the members to make an informed decision.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EE2CC7" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="41EE2CC7" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">An issue is raised, and an action is voted on at a meeting. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6938B5D7" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="6938B5D7" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">A meeting needs to be quorate for a decision and a course of action to be made. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA4FA5B" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="3FA4FA5B" w14:textId="77777777">
       <w:r>
         <w:t>A quorum is enough members to be a reasonable representation of the branch – for example, 10%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37255B90" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="37255B90" w14:textId="77777777">
       <w:r>
         <w:t>The branch usually instructs the committee to take action – this could be to call a meeting with management to discuss the issue.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F36695F" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="2F36695F" w14:textId="77777777">
       <w:r>
         <w:t>In between meetings, the committee can discuss an issue that arises and decide a course of action. There may be occasions when a full branch meeting is needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557534FB" w14:textId="77777777" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="557534FB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="400" w:after="400"/>
       </w:pPr>
       <w:r w:rsidRPr="00F16172">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22AD1320" wp14:editId="6DEDD596">
             <wp:extent cx="5802296" cy="2650853"/>
             <wp:effectExtent l="0" t="0" r="1905" b="3810"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -9427,329 +9360,420 @@
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5802296" cy="2650853"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7E685D" w14:textId="5730571A" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="00134A5D" w:rsidP="006E3ECA" w:rsidRDefault="00910A69" w14:paraId="5065EE78" w14:textId="48F4D793">
       <w:pPr>
         <w:spacing w:before="300"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00441544" w:rsidRPr="00441544">
+      <w:r w:rsidR="00910A69">
+        <w:rPr/>
+        <w:t>For further information on how to take an issue further in the union or to get support from other branches, see Appendix 1 and 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00441544">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA0D0F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00FA0D0F" w:rsidRPr="00441544">
+      <w:bookmarkStart w:name="_Hlk77934047" w:id="36"/>
+      <w:r w:rsidR="00441544">
+        <w:rPr/>
+        <w:t xml:space="preserve">With multiple problems that need to be dealt with </w:t>
+      </w:r>
+      <w:r w:rsidR="007B76C1">
+        <w:rPr/>
+        <w:t>at the same time</w:t>
+      </w:r>
+      <w:r w:rsidR="00441544">
+        <w:rPr/>
+        <w:t>, it may be wise to set up different working groups (made up of reps</w:t>
+      </w:r>
+      <w:r w:rsidR="007B76C1">
+        <w:rPr/>
+        <w:t xml:space="preserve"> or members</w:t>
+      </w:r>
+      <w:r w:rsidR="00441544">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00441544" w:rsidRPr="00441544">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007B76C1">
-        <w:t>at the same time</w:t>
-[...2 lines deleted...]
-        <w:t>, it may be wise to set up different working groups (made up of reps</w:t>
+        <w:rPr/>
+        <w:t>who have the problem</w:t>
+      </w:r>
+      <w:r w:rsidR="00441544">
+        <w:rPr/>
+        <w:t>, wherever possible</w:t>
       </w:r>
       <w:r w:rsidR="007B76C1">
-        <w:t xml:space="preserve"> or members</w:t>
-[...5 lines deleted...]
-        <w:t>who have the problem</w:t>
+        <w:rPr/>
+        <w:t xml:space="preserve"> to encourage members to be active</w:t>
       </w:r>
       <w:r w:rsidR="00441544">
-        <w:t>, wherever possible</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00441544" w:rsidRPr="00441544">
+        <w:rPr/>
         <w:t>).</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="717A4489" w14:textId="2EB8ED1F" w:rsidR="00DF3D6E" w:rsidRPr="00910A69" w:rsidRDefault="00417847" w:rsidP="00910A69">
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w:rsidR="6ACD2CB8" w:rsidP="6ACD2CB8" w:rsidRDefault="6ACD2CB8" w14:paraId="5D0198CC" w14:textId="049EE261">
+      <w:pPr>
+        <w:spacing w:before="300"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00910A69" w:rsidR="00DF3D6E" w:rsidP="00910A69" w:rsidRDefault="00417847" w14:paraId="717A4489" w14:textId="2EB8ED1F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="_Toc204741260"/>
+      <w:bookmarkStart w:name="_Toc208846433" w:id="37"/>
       <w:r w:rsidR="00DF3D6E">
-        <w:lastRenderedPageBreak/>
         <w:t>Support for branches</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-[...13 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7AA43EE4" w14:textId="0427C76F">
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve">Branches can call on Prospect for support. </w:t>
+      </w:r>
+      <w:r w:rsidR="5DCE0171">
+        <w:rPr/>
+        <w:t>Most</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> branch</w:t>
+      </w:r>
+      <w:r w:rsidR="1DC363F5">
+        <w:rPr/>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> in the union </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r w:rsidR="4BF4B260">
+        <w:rPr/>
+        <w:t xml:space="preserve">ve </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> an</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> organiser and a negotiator. These staff have further support from the legal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:rPr/>
+        <w:t xml:space="preserve">communications </w:t>
+      </w:r>
+      <w:r w:rsidR="3DAD9ABD">
+        <w:rPr/>
+        <w:t xml:space="preserve"> National</w:t>
+      </w:r>
+      <w:r w:rsidR="3DAD9ABD">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Organising Team (NOU)</w:t>
+      </w:r>
+      <w:r w:rsidR="148C0726">
+        <w:rPr/>
+        <w:t xml:space="preserve"> and the Education &amp; Skills teams</w:t>
+      </w:r>
+      <w:r w:rsidR="3DAD9ABD">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2623E6B5" w:rsidP="6ACD2CB8" w:rsidRDefault="2623E6B5" w14:paraId="48A5C264" w14:textId="47AFC486">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidR="2623E6B5">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37E4416A" wp14:editId="4AAE5274">
-[...6 lines deleted...]
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId25" r:lo="rId26" r:qs="rId27" r:cs="rId28"/>
+          <wp:inline wp14:editId="5F087E70" wp14:anchorId="6DCE4D7B">
+            <wp:extent cx="4054191" cy="3950550"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="453540749" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="453540749" name="Picture 453540749"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133106533">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4054191" cy="3950550"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062058C7" w14:textId="21FA7B13" w:rsidR="00910A69" w:rsidRDefault="00910A69" w:rsidP="00910A69">
+    <w:p w:rsidR="005F6408" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="1CB65C6A" w14:textId="63434FB4">
+      <w:pPr>
+        <w:ind w:left="1701"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00910A69" w:rsidP="00910A69" w:rsidRDefault="00910A69" w14:paraId="062058C7" w14:textId="21FA7B13">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="907"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="215044E5" wp14:editId="4BBCC3BD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="215044E5" wp14:editId="72E1341E">
             <wp:extent cx="4889500" cy="520699"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="Picture 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="11" name="Picture 11"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4889500" cy="520699"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8A4DAC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003F738A">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003F738A" w:rsidRDefault="00DF3D6E" w14:paraId="1F8A4DAC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc204741261"/>
+      <w:bookmarkStart w:name="_Toc208846434" w:id="38"/>
       <w:r>
         <w:t>National executive committee</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="17D286D2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="17D286D2" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">The national executive committee (NEC) conducts the business of the union in accordance with the policies laid down by national conference. It manages the union’s affairs between conferences and normally meets five times a year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028AE246" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="028AE246" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">The NEC consists of 28 working members, including three office-holders – the president, vice-president and deputy vice-president (the ‘presidential team’), plus the general secretary. The general secretary has no voting rights. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25174733" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="25174733" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">The NEC is elected by working members every two years, from a list of candidates nominated by branches. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09132E5C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="09132E5C" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">NEC members do not represent particular branches or professions. They are elected to look after the interests of the whole membership. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE64272" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3FE64272" w14:textId="77777777">
       <w:r>
         <w:t>The president, vice-president and deputy vice-president are elected every two years from among the voting members of the NEC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8FE863" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7F8FE863" w14:textId="77777777">
       <w:r>
         <w:t>The NEC establishes the sub-committees it needs for the despatch of its business. Each of them may set up panels or working parties reporting to them on particular aspects of their work. Some of these committees invite direct participation by branch reps.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B9C297" w14:textId="77D9F661" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00952E50">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00952E50" w:rsidRDefault="00DF3D6E" w14:paraId="71B9C297" w14:textId="77D9F661">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc204741262"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846435" w:id="39"/>
+      <w:r>
         <w:t>NEC advisory sub-committees</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7E6B0EEA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7E6B0EEA" w14:textId="77777777">
       <w:r>
         <w:t>The NEC has to make many decisions in the two years between national conferences. They need relevant information to be able to make those decisions. Advisory committees, made up of reps from all the sectors of Prospect, were set up to help with this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C283525" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6C283525" w14:textId="77777777">
       <w:r>
         <w:t>The sub-committees are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8BBC4F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="5D8BBC4F" w14:textId="48597625">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Committee for organisation, recruitment and education</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="54C403E1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+      <w:r w:rsidR="615B0835">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="54C403E1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Communications and campaigns</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED5BF21" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="7ED5BF21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Equal opportunities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69124082" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="69124082" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Health and safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C41AE3D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="7C41AE3D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pensions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC65364" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="7EC65364" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Science, engineering and sustainability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1C70E0" w14:textId="017003CA" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00EF0CBD">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00EF0CBD" w:rsidRDefault="00DF3D6E" w14:paraId="7D1C70E0" w14:textId="017003CA">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Finance and audit</w:t>
       </w:r>
       <w:r w:rsidR="00191FA0">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D304CC1" w14:textId="26C02024" w:rsidR="0053374E" w:rsidRDefault="0053374E" w:rsidP="00F3457A">
+    <w:p w:rsidR="0053374E" w:rsidP="00F3457A" w:rsidRDefault="0053374E" w14:paraId="2D304CC1" w14:textId="26C02024">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc204741263"/>
+      <w:bookmarkStart w:name="_Toc208846436" w:id="40"/>
       <w:r w:rsidRPr="006A5FC5">
         <w:t>Prospect structure</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="30FD597D" w14:textId="4BF71374" w:rsidR="00252B85" w:rsidRDefault="00910A69" w:rsidP="00C71ACE">
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w:rsidR="00252B85" w:rsidP="00C71ACE" w:rsidRDefault="00910A69" w14:paraId="30FD597D" w14:textId="4BF71374">
       <w:pPr>
         <w:spacing w:before="400"/>
         <w:ind w:left="-397"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17CAC7D7" wp14:editId="5AF7BA42">
             <wp:extent cx="6057900" cy="5096991"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -9766,8409 +9790,8882 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6064497" cy="5102542"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A0EDBD0" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="0A0EDBD0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc204741264"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846437" w:id="41"/>
+      <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="005253FF">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>: The role of a rep</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="620567D3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3D1B7933" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Every rep is the link between the union and its members. We are always conscious reps are volunteers. Some can give a little, others can give a lot. Each rep must find their own boundaries. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="620567D3" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">For most, the role of the local representative includes one of more of the following elements: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046D02BE" w14:textId="782E8EF8" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="046D02BE" w14:textId="782E8EF8">
       <w:r w:rsidRPr="00DD3327">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Advice</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: not necessarily able to answer all </w:t>
       </w:r>
       <w:r w:rsidR="006A5FC5">
         <w:t>questions but</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> knows where to look/or who to go to for the answers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650ED484" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="650ED484" w14:textId="77777777">
       <w:r w:rsidRPr="00DD3327">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Representation and advocacy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: standing by a member’s side or speaking on their behalf. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FBAD37" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="04FBAD37" w14:textId="77777777">
       <w:r w:rsidRPr="00DD3327">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Negotiation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: helping to improve local working conditions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4630C19D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4630C19D" w14:textId="77777777">
       <w:r w:rsidRPr="00DD3327">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Liaison and consultation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: passing information up, down, sideways; representing members’ views to management. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57808B6F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="57808B6F" w14:textId="77777777">
       <w:r w:rsidRPr="00DD3327">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Organisation</w:t>
       </w:r>
       <w:r>
         <w:t>: organising the branch, strengthening its position in the workplace.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797214A3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="797214A3" w14:textId="77777777">
       <w:r w:rsidRPr="00DD3327">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Democracy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: representing members’ views in developing the union’s policies. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="288E9FF6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="288E9FF6" w14:textId="77777777">
       <w:r>
         <w:t>Prospect prides itself on its reps and the good work they do. This session looks at the role in more detail and what skills are needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9E381B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="1E9E381B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc204741265"/>
+      <w:bookmarkStart w:name="_Toc208846438" w:id="42"/>
       <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="00D41489">
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:t>: What do union reps do?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="36DB1F3B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="36DB1F3B" w14:textId="77777777">
       <w:r>
         <w:t>Working together in small groups, make a list of all the things a Prospect rep might do as part of their duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F49E67D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="1FC4B6F9" w:rsidP="00F16786" w:rsidRDefault="00DF3D6E" w14:paraId="327AC884" w14:textId="323B1D78">
       <w:r>
         <w:t>Make a list of the skills needed by a rep to do the tasks on the first list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211C0AE6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="1FC4B6F9" w:rsidRDefault="1FC4B6F9" w14:paraId="706B73CF" w14:textId="4CFFF3FA"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="211C0AE6" w14:textId="77777777">
       <w:r>
         <w:t>Pick the four most important tasks from your list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284E0BA9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="006355F7">
+    <w:p w:rsidR="1FC4B6F9" w:rsidRDefault="1FC4B6F9" w14:paraId="1182B489" w14:textId="7D69307B"/>
+    <w:p w:rsidR="1FC4B6F9" w:rsidRDefault="1FC4B6F9" w14:paraId="63258F70" w14:textId="100532A7"/>
+    <w:p w:rsidR="004F4BC9" w:rsidRDefault="004F4BC9" w14:paraId="63A76AB8" w14:textId="3249CDC9">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="284E0BA9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc204741266"/>
+      <w:bookmarkStart w:name="_Toc208846439" w:id="43"/>
       <w:r>
         <w:t>Types of rep</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="552219F3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="552219F3" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">There are many different types of rep – you can do as much or as little as you want. Not all reps have a recognised job description. Some can simply be described as local representatives: the face of the union in a particular workplace or location. But others have very specific responsibilities, usually defined in the branch rules. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184A6B07" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="184A6B07" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Local representatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F8A6A8" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="79F8A6A8" w14:textId="77777777">
       <w:r>
         <w:t>Well-organised branches usually develop a network of local representatives to undertake a range of tasks, depending on the type of branch or workplace. These include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531E874C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="531E874C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>acting as a focal point for Prospect in their area</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553949A5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="553949A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>eliciting and conveying members’ views to the branch or section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7EF46B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="11CB3362" w14:textId="3192FAD4">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>maintaining the local noticeboard</w:t>
+      </w:r>
+      <w:r w:rsidR="60C4B032">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="3B7EF46B" w14:textId="59053910">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>distributing Prospect information</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="10738118" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+      <w:r w:rsidR="5AAC8DBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="409C3A4D" w:rsidP="08C38D0B" w:rsidRDefault="409C3A4D" w14:paraId="4D244543" w14:textId="6F8FE46D">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="5AADBD9E">
+        <w:t>anaging</w:t>
+      </w:r>
+      <w:r w:rsidR="253E23C7">
+        <w:t xml:space="preserve"> local </w:t>
+      </w:r>
+      <w:r w:rsidR="5AADBD9E">
+        <w:t xml:space="preserve">websites </w:t>
+      </w:r>
+      <w:r w:rsidR="6B16A8B3">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="5AADBD9E">
+        <w:t xml:space="preserve"> social media </w:t>
+      </w:r>
+      <w:r w:rsidR="7EE1D799">
+        <w:t>accounts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="10738118" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>ensuring non-members are approached to join, keeping a record of approaches made and, if unsuccessful, the reason</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDEBAF7" w14:textId="77777777" w:rsidR="00836D32" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="3A2C2F7D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>ensuring changes in members’ details and location are passed to the branch or section</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A2C2F7D" w14:textId="267647DA" w:rsidR="00DF3D6E" w:rsidRDefault="00836D32" w:rsidP="00836D32">
+        <w:t>ensuring changes in members’ details and location are passed to the branch or section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4C26A9F9" w14:textId="5B8A4168">
+      <w:r>
+        <w:t>Reps with particular skills or interests may be willing to take on specific tasks such as</w:t>
+      </w:r>
+      <w:r w:rsidR="7486C119">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3CF3EEB8">
+        <w:t xml:space="preserve">communicating </w:t>
+      </w:r>
+      <w:r w:rsidR="7486C119">
+        <w:t xml:space="preserve">with members using various digital tools which are available to branches </w:t>
+      </w:r>
+      <w:r w:rsidR="22603474">
+        <w:t>alongside</w:t>
+      </w:r>
+      <w:r w:rsidR="7486C119">
+        <w:t xml:space="preserve"> specific training.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="02538DF4" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Local reps may be known by various titles – site secretary, correspondence rep, or just ‘Prospect rep’. In the energy supply industry sector, many are known as technical reps or TRs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00675552" w:rsidRDefault="00DF3D6E" w14:paraId="5A796A9C" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131706">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Point of contact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7EFBB983" w14:textId="77777777">
+      <w:r>
+        <w:t>This is not a representative role. It is a Prospect member who wants, and is able, to give a little of their time to support their branch. No training is required and there is no expectation to carry out other duties. The point of contact can help the branch extend its reach by having local contacts across its workplaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1A08DB71" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131706">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Branch officers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="60D73379" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">In the paragraphs that follow, for ‘branch’ you can read ‘section’ or ‘sub-section’ as appropriate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3ADE965A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131706">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>President/chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="083ADC08" w14:textId="77777777">
+      <w:r>
+        <w:t>The president (or chair, or convenor in some Scottish branches) presides at all branch conferences or committee meetings and is responsible for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="5517D082" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>maintaining the local noticeboard</w:t>
-[...25 lines deleted...]
-        <w:keepNext/>
+        <w:t>the proper conduct of the meeting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="0DA6EE83" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ensuring that business is kept moving</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="5818BE8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>clarifying the issues under discussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="48531272" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ensuring that clear decisions are reached and recorded. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="35F7767B" w14:textId="77777777">
+      <w:r>
+        <w:t>In most branches, the president is an experienced rep with a wider representational role in negotiations or consultation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="71892911" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-    <w:p w14:paraId="1A08DB71" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t>Vice-president/chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="35F96FF5" w14:textId="77777777">
+      <w:r>
+        <w:t>The vice-president acts as chair in the absence of the president. Smaller branches may choose not to have a vice-president.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3D48CA5E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Branch officers</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="3ADE965A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t>Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2C88531D" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">This is the key role in most branches. The secretary’s duties include: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="04E946A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>calling branch committee meetings, branch conferences or annual general meetings and making all associated practical arrangements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="0447E9E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>preparing and circulating agendas, minutes and action lists</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="55E43095" w14:textId="3520562C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">submitting to the committee matters referred to </w:t>
+      </w:r>
+      <w:r w:rsidR="5AE65C6D">
+        <w:t>them</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by Prospect headquarters or by any member or body with which the branch is associated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="2E28A7C9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>during meetings, assisting the president/chair by presenting information and introducing items for which they are responsible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="68B993D2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>maintaining branch records</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="3268DC45" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">dealing with correspondence </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="7BD71C01" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">liaising with Prospect headquarters. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="065A4382" w14:textId="77777777">
+      <w:r>
+        <w:t>Some branches have an assistant secretary or minutes secretary to help with administration. In most branches, the secretary is an experienced rep with a wider representational role in negotiations or consultation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4FDC907E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>President/chair</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="5517D082" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+        <w:t>Membership and recruitment secretary/branch organiser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5BA00970" w14:textId="77777777">
+      <w:r>
+        <w:t>A membership and recruitment secretary’s duties include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="2596FB76" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>the proper conduct of the meeting</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0DA6EE83" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+        <w:t xml:space="preserve">maintaining local membership records </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="2C399551" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>ensuring that business is kept moving</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5818BE8D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+        <w:t>liaising with Prospect headquarters on recruiting eligible people into membership</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="382207CA" w14:textId="4B8022D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>clarifying the issues under discussion</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48531272" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+        <w:t xml:space="preserve">organising recruitment in the branch and reporting </w:t>
+      </w:r>
+      <w:r w:rsidR="73B90BD4">
+        <w:t xml:space="preserve">back, keeping the branch committee informed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0C918F2D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">ensuring that clear decisions are reached and recorded. </w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="71892911" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t>where relevant, keeping in close touch with sections about their membership position and helping them to organise their recruitment effort.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="472E6D11" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Vice-president/chair</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="3D48CA5E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t>Branch organiser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5B1AF619" w14:textId="77777777">
+      <w:r>
+        <w:t>The additional duties of a branch organiser include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="345FFD84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>mapping the workplace: establishing how many non-members there are and where</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="618D8206" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>organising and co-ordinating recruitment campaigns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="0CC20E8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>overseeing the network of local reps and identifying gaps and training needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="0BB5000E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>developing and maintaining a branch development plan which summarises the objectives and actions needed to strengthen organisation and increase membership.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="39CFE1D8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Secretary</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="04E946A5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+        <w:t>Treasurer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7717DD41" w14:textId="77777777">
+      <w:r>
+        <w:t>The treasurer’s duties include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="698FF2E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>calling branch committee meetings, branch conferences or annual general meetings and making all associated practical arrangements</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0447E9E2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+        <w:t>the proper use, custody and accounting of the funds allocated to the branch by the national executive committee, including paying branch expenses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="5265B413" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>preparing and circulating agendas, minutes and action lists</w:t>
-[...178 lines deleted...]
-      <w:r>
         <w:t>preparing an annual income and expenditure account, making up a balance sheet to 31 December of each year and submitting it for audit in time for the annual conference or meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BA0CEE" w14:textId="3B4D63DA" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="22BA0CEE" w14:textId="3B4D63DA">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">supplying any additional information on finance needed by Prospect headquarters where relevant, transmitting to section </w:t>
       </w:r>
       <w:r w:rsidR="006A5FC5">
         <w:t>treasurer’s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> money allocated by the branch committee. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C747E61" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3C747E61" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Reps with specific legal rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2112BF" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="3343EBD5" w14:paraId="5C2112BF" w14:textId="3F331CCE">
+      <w:r>
+        <w:t>Multiple types of rep</w:t>
+      </w:r>
+      <w:r w:rsidR="383ECB8B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
+        <w:t xml:space="preserve"> exist on a statutory basis, </w:t>
+      </w:r>
+      <w:r w:rsidR="39767EDA">
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> they have specific rights under the law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD91C79" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7BD91C79" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Health and safety rep</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53264E29" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="53264E29" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Employers are required to create a culture of cooperation on health and safety, engaging with staff to ensure people go home safe and well from their work. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F914CA3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7F914CA3" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">The Safety Representatives and Safety Committees Regulations 1977 allow unions to appoint health and safety representatives to get involved for the benefit of their colleagues. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04360FF1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="04360FF1" w14:textId="77777777">
       <w:r>
         <w:t>Branches appoint reps, then they must notify their employer so that reps are afforded rights to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290E3471" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="290E3471" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">inspect the workplace </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FEAD1E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="20FEAD1E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>escalate unresolved health and safety concerns</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6544181C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="6544181C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>engage in health and safety planning, consultation and auditing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005DDD91" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="005DDD91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>investigate serious incidents, work illnesses and complaints</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C09ACAA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="2C09ACAA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>meet an inspector during a visit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A31B6F3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00131706" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0A31B6F3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131706">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Union learning rep</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30444B31" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="30444B31" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Union learning reps have specific legal rights and powers. Their duties include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47055225" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="47055225" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>promoting training and development in the workplace by providing advice and information on learning initiatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322D29E3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00191FA0" w:rsidRDefault="00DF3D6E" w14:paraId="322D29E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>supporting members who want to review and broaden their portfolio of skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09ACB825" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00191FA0">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="1FC4B6F9" w:rsidRDefault="00DF3D6E" w14:paraId="571BAC8E" w14:textId="64C9F179">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-      </w:pPr>
-[...99 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00897B93">
+      <w:r>
+        <w:t>helping to identify sources of training or learning provision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="4B894BB3" w:rsidRDefault="2FC73CC3" w14:paraId="080B78EB" w14:textId="27A75008">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Case handler</w:t>
-[...8 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00897B93">
+        <w:t>Equality Rep</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="5CD0BFB8" w:rsidRDefault="4C74479A" w14:paraId="09ACB825" w14:textId="6CF2F471">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidR="4C74479A">
+        <w:rPr/>
+        <w:t>These reps play a crucial role, pressing employers to create fairer workplaces for all and will have statutory rights from Autumn 2026. Equality Reps in recognised workplaces will be able to request paid time to carry out their role just the same as other reps. Their duties can include raising awareness within the workplace of the work the union and the branch do around equality and working with branch officers to analyse information about the employer’s equality performance such as audit agreements, equal pay surveys etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="004F4BC9" w14:paraId="42210C47" w14:textId="0421CFD7">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00131706" w:rsidR="00DF3D6E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Other specialist reps</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A5FC5" w:rsidP="3A26E1E8" w:rsidRDefault="00DF3D6E" w14:paraId="042176F9" w14:textId="31CA2819">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Branches often appoint reps to deal with specific issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="4B894BB3" w:rsidRDefault="00DF3D6E" w14:paraId="1B391B29" w14:textId="564F28D3">
+      <w:pPr>
+        <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Communication</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006355F7">
+      </w:pPr>
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00897B93">
+        <w:t>Pension rep</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="78D3A3D8" w14:textId="77777777">
+      <w:r>
+        <w:t>These reps act as a point of contact for members’ pension queries. Pensions is a detailed and technical area so their role is often to direct members to the appropriate workplace or union contact if they cannot answer the query themselves. They also work to raise the profile of pension issues in their branch.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6A419F42" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...135 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131706">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Environmental rep</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7287A8AD" w14:textId="77777777">
+      <w:r>
+        <w:t>These reps act as a conduit between management and members. Their aim is to raise awareness and participate in initiatives to minimise consumption, optimise resources, source materials sustainably and dispose of waste responsibly. They also participate in formal and informal organisational structures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00131706" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00441544" w14:paraId="595EDECC" w14:textId="5C8B2039">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131706">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Case handler</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="27960BF5" w14:textId="1C34E757">
+      <w:r>
+        <w:t>These are reps who support and advise members with personal cases from across the sector, not just within their own branch.</w:t>
+      </w:r>
+      <w:r w:rsidR="6B997DFD">
+        <w:t xml:space="preserve"> To be a Prospect Case Handler you must attend and successfully complete Reps 1 and Reps 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00441544" w:rsidR="00441544" w:rsidP="00DF3D6E" w:rsidRDefault="00441544" w14:paraId="74BE2B9C" w14:textId="66A6019B">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk77934114" w:id="44"/>
+      <w:r w:rsidRPr="00441544">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...262 lines deleted...]
-            </w14:srgbClr>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
           </w14:shadow>
-        </w:rPr>
-[...249 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Communication rep</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D710D" w:rsidR="00441544" w:rsidP="00DF3D6E" w:rsidRDefault="566008FE" w14:paraId="09989318" w14:textId="14DF5E9D">
+      <w:r>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D710D" w:rsidR="00441544">
+        <w:rPr>
           <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
             <w14:srgbClr w14:val="6E747A">
               <w14:alpha w14:val="57000"/>
             </w14:srgbClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006355F7">
+        <w:t xml:space="preserve">rep role </w:t>
+      </w:r>
+      <w:r w:rsidR="1036A6CA">
+        <w:t xml:space="preserve">aims </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D710D" w:rsidR="00441544">
         <w:rPr>
           <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
             <w14:srgbClr w14:val="6E747A">
               <w14:alpha w14:val="57000"/>
             </w14:srgbClr>
-          </w14:shadow>
-[...13 lines deleted...]
-            </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-            </w14:schemeClr>
+        <w:t xml:space="preserve">to raise the profile of the union in individual workplaces through </w:t>
+      </w:r>
+      <w:r w:rsidR="092162C9">
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D710D" w:rsidR="00441544">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-[...247 lines deleted...]
-            </w14:schemeClr>
+        <w:t xml:space="preserve"> communication with members. This role can be done by anyone who like</w:t>
+      </w:r>
+      <w:r w:rsidR="0003067B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D710D" w:rsidR="00441544">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> communicating but also enjoys creating newsletters, posters, branch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D710D" w:rsidR="50B20EB7">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">hub </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D710D" w:rsidR="00441544">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="3F3F91D1">
+        <w:t xml:space="preserve"> and digital communications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00441544" w:rsidP="00DF3D6E" w:rsidRDefault="00441544" w14:paraId="565B38BF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008D710D" w:rsidR="004F4BC9" w:rsidP="00DF3D6E" w:rsidRDefault="004F4BC9" w14:paraId="4D0AF0E7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007F3D09" w:rsidR="00441544" w:rsidP="00DF3D6E" w:rsidRDefault="00441544" w14:paraId="410C8C6A" w14:textId="522DF494">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F3D09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> expected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F3D09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C300DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F3D09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">alues and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C300DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F3D09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">ehaviours of all representatives. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00441544" w:rsidP="007F6A11" w:rsidRDefault="00441544" w14:paraId="5B25DA2A" w14:textId="4AEB308E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Respectful</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00441544" w:rsidP="007F6A11" w:rsidRDefault="00441544" w14:paraId="562F6C13" w14:textId="4F823ECD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Positive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00441544" w:rsidP="007F6A11" w:rsidRDefault="00441544" w14:paraId="7452078A" w14:textId="0A6AE8FD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Good listener</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00441544" w:rsidP="007F6A11" w:rsidRDefault="00441544" w14:paraId="09F835E4" w14:textId="618E54A2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Clear communicator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00441544" w:rsidP="007F6A11" w:rsidRDefault="00441544" w14:paraId="38E3D6D3" w14:textId="62CC9ED3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>A sounding board for idea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7AC1" w:rsidR="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00441544" w:rsidP="007F6A11" w:rsidRDefault="00441544" w14:paraId="4DB35CE9" w14:textId="0EFB66A3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Non-judgemental</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00FA7AC1" w:rsidP="007F6A11" w:rsidRDefault="00FA7AC1" w14:paraId="2B1D38FF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Flexible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00FA7AC1" w:rsidP="007F6A11" w:rsidRDefault="00FA7AC1" w14:paraId="45C7DCD2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Integrity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00FA7AC1" w:rsidP="007F6A11" w:rsidRDefault="00FA7AC1" w14:paraId="07E91E19" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Supportive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00FA7AC1" w:rsidP="007F6A11" w:rsidRDefault="00FA7AC1" w14:paraId="13FCBA36" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Honest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7AC1" w:rsidR="00FA7AC1" w:rsidP="4B894BB3" w:rsidRDefault="00FA7AC1" w14:paraId="33C4C0ED" w14:textId="795CB0C4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="22934DAF" w14:textId="6281EA27" w:rsidR="005B794C" w:rsidRDefault="64D60FF4" w:rsidP="639873AF">
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7AC1">
+        <w:rPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+            <w14:srgbClr w14:val="6E747A">
+              <w14:alpha w14:val="57000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Able to network</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc92376439" w:id="45"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="3A26E1E8" w:rsidRDefault="7F84FB17" w14:paraId="438695F6" w14:textId="29A87B72">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc208846440" w:id="46"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3D09">
+        <w:t>ode of practice for Prospect representatives</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="57F28BDF" w14:paraId="1D33CC4C" w14:textId="444DEE37">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>The aim of the current code of practice is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="007F3D09">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="67312F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="851"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Provide you with clarity about your responsibilities to ensure the respect of others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="64F7AADF" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="851"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Inform you about your rights if you feel you are not being treated with respect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="0C630C66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>It places the following responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="4EDF614C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Representatives must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="6AA47BF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Act honestly, responsibly and with integrity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="4333DCDD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Communicate respectfully and honestly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="37ACDDFB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Treat others with fairness, dignity, and respect.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="7DCCBBE6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Encourage the open expression of views at meetings but accept collective responsibility for all decisions and policies once finalised.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="32515EF7" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:right="-1" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Not behave in ways that may cause physical or mental harm or distress to another person, such as verbal abuse, physical abuse, assault, bullying, or discrimination or harassment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="00C147AB" w:rsidRDefault="007F3D09" w14:paraId="76B4FFAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:right="-1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="18C15070" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In representing Prospect, representatives must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="4B37A257" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:right="-1" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only speak or act on behalf of Prospect when authorised to do so and clarify the capacity in which you are speaking. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="305BD2A7" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:right="-1" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Always be mindful of their responsibility to maintain and develop Prospect’s ethos and reputation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="4DAD0B7C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Declare any interests that may conflict with their role in Prospect, for example in a professional or political capacity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F3D09" w:rsidP="007F3D09" w:rsidRDefault="007F3D09" w14:paraId="029E8472" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Respect confidentiality and ensure GDPR compliance in dealing with any documents, material, or devices containing confidential information.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FE2FB5" w:rsidR="00441544" w:rsidP="00441544" w:rsidRDefault="007F3D09" w14:paraId="5CEA3443" w14:textId="070A76D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Not bring Prospect into disrepute, including through the use of email, social and mainstream media and other internet sites. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="6556763D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc204741270"/>
-      <w:r w:rsidRPr="639873AF">
+      <w:bookmarkStart w:name="_Toc204915432" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc208846441" w:id="48"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Movement bulk-mail tool</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="694DBD46" w14:textId="3F786A9A" w:rsidR="005B794C" w:rsidRDefault="64D60FF4" w:rsidP="639873AF">
+        <w:t>Knowledge Hub</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="4102FF4A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="639873AF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Movement is the new tool to safely contact your members. Video link included and extra content on the course resource page   </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="64DE9E9C" w14:textId="1F6867A1" w:rsidR="005B794C" w:rsidRDefault="64D60FF4" w:rsidP="639873AF">
+        <w:t>Prospect gives branches/sections a way of communicating with their members which reduces the chance of a data breach when sending emails. This is done via our free Knowledge Hub system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="2B08A0C3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="639873AF">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Hub gives your branch or section its own website, with no need to worry about set-up, design or hosting. All you need is internet access and a web browser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="050C1B61" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>All branches have a 'starter' Branch page which gives their branch information about their reps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="3C83171B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Depending on their branch permissions, they will have different access to content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="0C1A2980" w14:textId="2F82D651">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>For Chairs, secretaries, assistants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="73ECC4DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, vice’s they will have access to manage the branch content and from this they can view members and details/membership status etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="62B6B9F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>For membership &amp; recruitment secretaries &amp; organising reps, they will have access to view member lists but not manage content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="17080CFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>For the comms reps, they will have access to manage content (not be able to view members lists directly) but also have access to the movement tool for bulk mailing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="2AE76030" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Hub has the following capabilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="0961EB35" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1. Members-only web pages. Up to six pages, one labelled ‘public’ which is accessible to non-members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="0C88F499" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Upload documents. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="7D1C48BA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3. Publish brief news updates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="411EFBC9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Links to the Movement tool to send mass emails to your members or reps without the need to maintain your own distribution lists. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="5CAE1D5E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information about the Knowledge Hub including a user guide, please visit: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="_Toc204915433" w:id="49"/>
+    <w:p w:rsidRPr="00C31283" w:rsidR="00FE2FB5" w:rsidP="007034AF" w:rsidRDefault="00FE2FB5" w14:paraId="609D94E2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31283">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00C31283">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://prospect.org.uk/how-to-use-the-the_union-knowledge-hub/"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00C31283">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00C31283">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C31283">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>How to use the Prospect Knowledge Hub | Prospect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31283">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="68A15BEA" w14:textId="5DFD7C7C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc208846442" w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Movement bulk-mail tool</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="11500683" w14:textId="00C28FE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Movement is the new tool to safely contact your members. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="50874360">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Included is a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="08C86457">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ideo link </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="0B337F40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> extra content on the course resource page   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009559E0" w:rsidP="009559E0" w:rsidRDefault="009559E0" w14:paraId="461695A6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId32">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>https://prospect.org.uk/movement-email-guide-for-reps/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AC58B58" w14:textId="7CA9B6B4" w:rsidR="005B794C" w:rsidRDefault="005B794C" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="077FA0B7" w14:textId="5C45276A" w:rsidR="005A317F" w:rsidRPr="005A317F" w:rsidRDefault="00795DA5" w:rsidP="0016270D">
+    <w:bookmarkStart w:name="_Toc208846443" w:id="51"/>
+    <w:p w:rsidRPr="005A317F" w:rsidR="005A317F" w:rsidP="0016270D" w:rsidRDefault="00795DA5" w14:paraId="077FA0B7" w14:textId="4D3355FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc204741271"/>
       <w:r w:rsidRPr="00127CED">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39293DE7" wp14:editId="55FB5FCA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39293DE7" wp14:editId="55FB5FCA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1127</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5242828</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1371600" cy="901521"/>
                 <wp:effectExtent l="0" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="45" name="Text Box 45"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1371600" cy="901521"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="168D8AFF" w14:textId="4D4BA153" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="168D8AFF" w14:textId="4D4BA153">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Branch</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="381350DB" w14:textId="4F1A13C1" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="381350DB" w14:textId="4F1A13C1">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shapetype w14:anchorId="39293DE7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="7CE836FF">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="39293DE7">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 45" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:.1pt;margin-top:412.8pt;width:108pt;height:71pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACnaQaDQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v0zAUfUfiP1h+p0k7rUDUdCqbipCq&#10;bVKH9uw6dhPJ8TXXbpPy67l2mhYNnhAvznXu9znHi7u+Neyo0DdgSz6d5JwpK6Fq7L7k31/WHz5x&#10;5oOwlTBgVclPyvO75ft3i84VagY1mEohoyLWF50reR2CK7LMy1q1wk/AKUtODdiKQFfcZxWKjqq3&#10;Jpvl+TzrACuHIJX39PdhcPJlqq+1kuFJa68CMyWn2UI6MZ27eGbLhSj2KFzdyPMY4h+maEVjqeml&#10;1IMIgh2w+aNU20gEDzpMJLQZaN1IlXagbab5m222tXAq7ULgeHeByf+/svLxuHXPyEL/BXoiMALS&#10;OV94+hn36TW28UuTMvIThKcLbKoPTMakm4/TeU4uSb7P+fR2lspk12yHPnxV0LJolByJloSWOG58&#10;oI4UOobEZhbWjTGJGmNZV/L5zW2eEi4eyjCWEq+zRiv0u/68wA6qE+2FMFDunVw31HwjfHgWSBzT&#10;vKTb8ESHNkBN4GxxVgP+/Nv/GE/Qk5ezjjRTcv/jIFBxZr5ZIiUKbDRwNHajYQ/tPZAMp/QinEwm&#10;JWAwo6kR2leS8yp2IZewknqVXAYcL/dh0C49CKlWqxRGQnIibOzWyVg8AhjBfOlfBboz4oG4eoRR&#10;T6J4A/wQO0C/OgTQTWIlQjrgeEaaRJjIOj+YqPLf7ynq+qyXvwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AC/VIgHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok0iYErKpEBKl&#10;IIFEywe4sZukiddR7Kbh71lOcJyd0czbYjW7Xkx2DK0nhHSRgLBUedNSjfC1e75ZgghRk9G9J4vw&#10;bQOsysuLQufGn+nTTttYCy6hkGuEJsYhlzJUjXU6LPxgib2DH52OLMdamlGfudz1MksSJZ1uiRca&#10;Pdinxlbd9uQQ1u0h3X1MXT003evL+m3zftwcI+L11fz4ACLaOf6F4Ref0aFkpr0/kQmiR8g4h7DM&#10;bhUItrNU8WWPcK/uFMiykP8fKH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAp2kGg0C&#10;AAAeBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAL9Ui&#10;Ad8AAAAIAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 45" style="position:absolute;margin-left:.1pt;margin-top:412.8pt;width:108pt;height:71pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACnaQaDQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v0zAUfUfiP1h+p0k7rUDUdCqbipCq&#10;bVKH9uw6dhPJ8TXXbpPy67l2mhYNnhAvznXu9znHi7u+Neyo0DdgSz6d5JwpK6Fq7L7k31/WHz5x&#10;5oOwlTBgVclPyvO75ft3i84VagY1mEohoyLWF50reR2CK7LMy1q1wk/AKUtODdiKQFfcZxWKjqq3&#10;Jpvl+TzrACuHIJX39PdhcPJlqq+1kuFJa68CMyWn2UI6MZ27eGbLhSj2KFzdyPMY4h+maEVjqeml&#10;1IMIgh2w+aNU20gEDzpMJLQZaN1IlXagbab5m222tXAq7ULgeHeByf+/svLxuHXPyEL/BXoiMALS&#10;OV94+hn36TW28UuTMvIThKcLbKoPTMakm4/TeU4uSb7P+fR2lspk12yHPnxV0LJolByJloSWOG58&#10;oI4UOobEZhbWjTGJGmNZV/L5zW2eEi4eyjCWEq+zRiv0u/68wA6qE+2FMFDunVw31HwjfHgWSBzT&#10;vKTb8ESHNkBN4GxxVgP+/Nv/GE/Qk5ezjjRTcv/jIFBxZr5ZIiUKbDRwNHajYQ/tPZAMp/QinEwm&#10;JWAwo6kR2leS8yp2IZewknqVXAYcL/dh0C49CKlWqxRGQnIibOzWyVg8AhjBfOlfBboz4oG4eoRR&#10;T6J4A/wQO0C/OgTQTWIlQjrgeEaaRJjIOj+YqPLf7ynq+qyXvwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AC/VIgHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok0iYErKpEBKl&#10;IIFEywe4sZukiddR7Kbh71lOcJyd0czbYjW7Xkx2DK0nhHSRgLBUedNSjfC1e75ZgghRk9G9J4vw&#10;bQOsysuLQufGn+nTTttYCy6hkGuEJsYhlzJUjXU6LPxgib2DH52OLMdamlGfudz1MksSJZ1uiRca&#10;Pdinxlbd9uQQ1u0h3X1MXT003evL+m3zftwcI+L11fz4ACLaOf6F4Ref0aFkpr0/kQmiR8g4h7DM&#10;bhUItrNU8WWPcK/uFMiykP8fKH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAp2kGg0C&#10;AAAeBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAL9Ui&#10;Ad8AAAAIAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="168D8AFF" w14:textId="4D4BA153" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="6B540F2A" w14:textId="4D4BA153">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Branch</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="381350DB" w14:textId="4F1A13C1" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="1B6D4A96" w14:textId="4F1A13C1">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76970E58" wp14:editId="0BD5E4DF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76970E58" wp14:editId="0BD5E4DF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2148931</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6933021</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1078230" cy="1068070"/>
                 <wp:effectExtent l="0" t="0" r="1270" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="49" name="Text Box 49"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1078230" cy="1068070"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="23BC7C45" w14:textId="456E7128" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="23BC7C45" w14:textId="456E7128">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Branch Secretary</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="76970E58" id="Text Box 49" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:169.2pt;margin-top:545.9pt;width:84.9pt;height:84.1pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKi6eSEAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fSRQjaKIULFWTJNQ&#10;W4lWfTaOTSI5vt61IWG/fteGQNXtadqLc537fc7x/K5vDTso9A3Yko9HOWfKSqgauyv568vqy4wz&#10;H4SthAGrSn5Unt8tPn+ad65QE6jBVAoZFbG+6FzJ6xBckWVe1qoVfgROWXJqwFYEuuIuq1B0VL01&#10;2STPp1kHWDkEqbynvw8nJ1+k+lorGZ609iowU3KaLaQT07mNZ7aYi2KHwtWNPI8h/mGKVjSWml5K&#10;PYgg2B6bP0q1jUTwoMNIQpuB1o1UaQfaZpx/2GZTC6fSLgSOdxeY/P8rKx8PG/eMLPTfoCcCIyCd&#10;84Wnn3GfXmMbvzQpIz9BeLzApvrAZEzKb2eTG3JJ8o3z6Sy/TcBm13SHPnxX0LJolByJlwSXOKx9&#10;oJYUOoTEbhZWjTGJG2NZV/Lpzdc8JVw8lGEsJV6HjVbotz1rqneLbKE60n4IJ+q9k6uGZlgLH54F&#10;Etc0N+k3PNGhDVAvOFuc1YC//vY/xhMF5OWsI+2U3P/cC1ScmR+WyIlCGwwcjO1g2H17DyTHMb0M&#10;J5NJCRjMYGqE9o1kvYxdyCWspF4llwGHy304aZgehlTLZQojQTkR1nbjZCwecYyYvvRvAt0Z+ECc&#10;PcKgK1F8wP8Ue2JguQ+gm0RORPaE4xlwEmPi7Pxwotrf31PU9XkvfgMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFrpB9ziAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonRSqkMap&#10;EBKlIIFE2w9wYzdOE6+j2E3D37Oc4LgzT7MzxWpyHRvNEBqPEpKZAGaw8rrBWsJ+93KXAQtRoVad&#10;RyPh2wRYlddXhcq1v+CXGbexZhSCIVcSbIx9znmorHEqzHxvkLyjH5yKdA4114O6ULjreCrEgjvV&#10;IH2wqjfP1lTt9uwkrJtjsvsc27q37dvr+n3zcdqcopS3N9PTElg0U/yD4bc+VYeSOh38GXVgnYT5&#10;PLsnlAzxmNAIQh5ElgI7kJQuhABeFvz/ivIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;iounkhACAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAWukH3OIAAAANAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="1CDDCDFA">
+              <v:shape id="Text Box 49" style="position:absolute;margin-left:169.2pt;margin-top:545.9pt;width:84.9pt;height:84.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKi6eSEAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fSRQjaKIULFWTJNQ&#10;W4lWfTaOTSI5vt61IWG/fteGQNXtadqLc537fc7x/K5vDTso9A3Yko9HOWfKSqgauyv568vqy4wz&#10;H4SthAGrSn5Unt8tPn+ad65QE6jBVAoZFbG+6FzJ6xBckWVe1qoVfgROWXJqwFYEuuIuq1B0VL01&#10;2STPp1kHWDkEqbynvw8nJ1+k+lorGZ609iowU3KaLaQT07mNZ7aYi2KHwtWNPI8h/mGKVjSWml5K&#10;PYgg2B6bP0q1jUTwoMNIQpuB1o1UaQfaZpx/2GZTC6fSLgSOdxeY/P8rKx8PG/eMLPTfoCcCIyCd&#10;84Wnn3GfXmMbvzQpIz9BeLzApvrAZEzKb2eTG3JJ8o3z6Sy/TcBm13SHPnxX0LJolByJlwSXOKx9&#10;oJYUOoTEbhZWjTGJG2NZV/Lpzdc8JVw8lGEsJV6HjVbotz1rqneLbKE60n4IJ+q9k6uGZlgLH54F&#10;Etc0N+k3PNGhDVAvOFuc1YC//vY/xhMF5OWsI+2U3P/cC1ScmR+WyIlCGwwcjO1g2H17DyTHMb0M&#10;J5NJCRjMYGqE9o1kvYxdyCWspF4llwGHy304aZgehlTLZQojQTkR1nbjZCwecYyYvvRvAt0Z+ECc&#10;PcKgK1F8wP8Ue2JguQ+gm0RORPaE4xlwEmPi7Pxwotrf31PU9XkvfgMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFrpB9ziAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonRSqkMap&#10;EBKlIIFE2w9wYzdOE6+j2E3D37Oc4LgzT7MzxWpyHRvNEBqPEpKZAGaw8rrBWsJ+93KXAQtRoVad&#10;RyPh2wRYlddXhcq1v+CXGbexZhSCIVcSbIx9znmorHEqzHxvkLyjH5yKdA4114O6ULjreCrEgjvV&#10;IH2wqjfP1lTt9uwkrJtjsvsc27q37dvr+n3zcdqcopS3N9PTElg0U/yD4bc+VYeSOh38GXVgnYT5&#10;PLsnlAzxmNAIQh5ElgI7kJQuhABeFvz/ivIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;iounkhACAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAWukH3OIAAAANAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" w14:anchorId="76970E58">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="23BC7C45" w14:textId="456E7128" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="634D51FE" w14:textId="456E7128">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Branch Secretary</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251746816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C0867E6" wp14:editId="1B2D0BF2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C0867E6" wp14:editId="1B2D0BF2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3881755</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6998880</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1859280" cy="1068513"/>
                 <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="50" name="Text Box 50"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1859280" cy="1068513"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="10F8339E" w14:textId="36EF1E33" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="10F8339E" w14:textId="36EF1E33">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Environmental rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="6C0867E6" id="Text Box 50" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:305.65pt;margin-top:551.1pt;width:146.4pt;height:84.15pt;z-index:251746816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9bLqgEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmsQBQRVnRXVJXQ&#10;7kpstWfj2CSS43HHhoT++o4dAtW2p6oXe+wZz8d7z8v7rjHspNDXYAs+HuWcKSuhrO2h4N9fN5/m&#10;nPkgbCkMWFXws/L8fvXxw7J1CzWBCkypkFES6xetK3gVgltkmZeVaoQfgVOWnBqwEYGOeMhKFC1l&#10;b0w2yfNZ1gKWDkEq7+n2sXfyVcqvtZLhWWuvAjMFp95CWjGt+7hmq6VYHFC4qpaXNsQ/dNGI2lLR&#10;a6pHEQQ7Yv1HqqaWCB50GEloMtC6lirNQNOM83fT7CrhVJqFwPHuCpP/f2nl02nnXpCF7gt0RGAE&#10;pHV+4ekyztNpbOJOnTLyE4TnK2yqC0zGR/Pp58mcXJJ843w2n47vYp7s9tyhD18VNCwaBUfiJcEl&#10;Tlsf+tAhJFazsKmNSdwYy9qCz+6meXpw9VByY6nGrdlohW7fsbos+GQYZA/lmeZD6Kn3Tm5q6mEr&#10;fHgRSFxT36Tf8EyLNkC14GJxVgH+/Nt9jCcKyMtZS9opuP9xFKg4M98skROFNhg4GPvBsMfmAUiO&#10;Y/oZTiaTHmAwg6kRmjeS9TpWIZewkmoVXAYcDg+h1zB9DKnW6xRGgnIibO3OyZg84hgxfe3eBLoL&#10;8IE4e4JBV2LxDv8+tmdgfQyg60RORLbH8QI4iTHRe/k4Ue2/n1PU7XuvfgEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFtoEAPiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbUdoAC&#10;IU6FkCgtEki0HMCN3ThNPI5iNw23Z1jBcuY//XlTLCbfsdEOsQmoQM4EMItVMA3WCr62L1f3wGLS&#10;aHQX0Cr4thEW5flZoXMTTvhpx02qGZVgzLUCl1Kfcx4rZ72Os9BbpGwfBq8TjUPNzaBPVO47ngkx&#10;5143SBec7u2zs1W7OXoFy2Yvtx9jW/euXb8u31bvh9UhKXV5MT09Akt2Sn8w/OqTOpTktAtHNJF1&#10;CuZSXhNKgRRZBoyQB3Ejge1old2JW+Blwf9/Uf4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAvWy6oBMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAW2gQA+IAAAANAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="22094FFE">
+              <v:shape id="Text Box 50" style="position:absolute;margin-left:305.65pt;margin-top:551.1pt;width:146.4pt;height:84.15pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9bLqgEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmsQBQRVnRXVJXQ&#10;7kpstWfj2CSS43HHhoT++o4dAtW2p6oXe+wZz8d7z8v7rjHspNDXYAs+HuWcKSuhrO2h4N9fN5/m&#10;nPkgbCkMWFXws/L8fvXxw7J1CzWBCkypkFES6xetK3gVgltkmZeVaoQfgVOWnBqwEYGOeMhKFC1l&#10;b0w2yfNZ1gKWDkEq7+n2sXfyVcqvtZLhWWuvAjMFp95CWjGt+7hmq6VYHFC4qpaXNsQ/dNGI2lLR&#10;a6pHEQQ7Yv1HqqaWCB50GEloMtC6lirNQNOM83fT7CrhVJqFwPHuCpP/f2nl02nnXpCF7gt0RGAE&#10;pHV+4ekyztNpbOJOnTLyE4TnK2yqC0zGR/Pp58mcXJJ843w2n47vYp7s9tyhD18VNCwaBUfiJcEl&#10;Tlsf+tAhJFazsKmNSdwYy9qCz+6meXpw9VByY6nGrdlohW7fsbos+GQYZA/lmeZD6Kn3Tm5q6mEr&#10;fHgRSFxT36Tf8EyLNkC14GJxVgH+/Nt9jCcKyMtZS9opuP9xFKg4M98skROFNhg4GPvBsMfmAUiO&#10;Y/oZTiaTHmAwg6kRmjeS9TpWIZewkmoVXAYcDg+h1zB9DKnW6xRGgnIibO3OyZg84hgxfe3eBLoL&#10;8IE4e4JBV2LxDv8+tmdgfQyg60RORLbH8QI4iTHRe/k4Ue2/n1PU7XuvfgEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFtoEAPiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbUdoAC&#10;IU6FkCgtEki0HMCN3ThNPI5iNw23Z1jBcuY//XlTLCbfsdEOsQmoQM4EMItVMA3WCr62L1f3wGLS&#10;aHQX0Cr4thEW5flZoXMTTvhpx02qGZVgzLUCl1Kfcx4rZ72Os9BbpGwfBq8TjUPNzaBPVO47ngkx&#10;5143SBec7u2zs1W7OXoFy2Yvtx9jW/euXb8u31bvh9UhKXV5MT09Akt2Sn8w/OqTOpTktAtHNJF1&#10;CuZSXhNKgRRZBoyQB3Ejge1old2JW+Blwf9/Uf4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAvWy6oBMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAW2gQA+IAAAANAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" w14:anchorId="6C0867E6">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="10F8339E" w14:textId="36EF1E33" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="063A2DBE" w14:textId="36EF1E33">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Environmental rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251742720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68369C2E" wp14:editId="38893121">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68369C2E" wp14:editId="38893121">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4220573</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5027023</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1181281" cy="1037590"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="47" name="Text Box 47"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1181281" cy="1037590"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3AF02DFF" w14:textId="1D76593B" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00162E42">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00162E42" w:rsidRDefault="00C300DB" w14:paraId="3AF02DFF" w14:textId="1D76593B">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Branch Chair</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="68369C2E" id="Text Box 47" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:332.35pt;margin-top:395.85pt;width:93pt;height:81.7pt;z-index:251742720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQopymEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11r2zAUfR/sPwi9L7YT2qUmTslaMgah&#10;LaSjz4osxQZbV7tSYme/fldynIxuT2Mv8pXv9zlHi/u+bdhRoavBFDybpJwpI6Gszb7g31/Xn+ac&#10;OS9MKRowquAn5fj98uOHRWdzNYUKmlIhoyLG5Z0teOW9zZPEyUq1wk3AKkNODdgKT1fcJyWKjqq3&#10;TTJN09ukAywtglTO0d/HwcmXsb7WSvpnrZ3yrCk4zebjifHchTNZLkS+R2GrWp7HEP8wRStqQ00v&#10;pR6FF+yA9R+l2loiONB+IqFNQOtaqrgDbZOl77bZVsKquAuB4+wFJvf/ysqn49a+IPP9F+iJwABI&#10;Z13u6GfYp9fYhi9NyshPEJ4usKneMxmSsnk2nWecSfJl6ezzzV0ENrmmW3T+q4KWBaPgSLxEuMRx&#10;4zy1pNAxJHQzsK6bJnLTGNYV/HZ2k8aEi4cyGkOJ12GD5ftdz+qy4LNxkR2UJ9oPYaDeWbmuaYaN&#10;cP5FIHFNK5F+/TMdugHqBWeLswrw59/+h3iigLycdaSdgrsfB4GKs+abIXKC0EYDR2M3GubQPgDJ&#10;kQCjaaJJCeib0dQI7RvJehW6kEsYSb0KLj2Olwc/aJgehlSrVQwjQVnhN2ZrZSgecAyYvvZvAu0Z&#10;eE+cPcGoK5G/w3+IHRhYHTzoOpITkB1wPANOYoycnR9OUPvv9xh1fd7LXwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALu3bLniAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj9FOwzAMRd+R+IfISLyxtIh2&#10;W2k6ISTGmAQSGx+QNV7btXGqJuvK32Oe4O1aPro+zleT7cSIg28cKYhnEQik0pmGKgVf+5e7BQgf&#10;NBndOUIF3+hhVVxf5Toz7kKfOO5CJbiEfKYV1CH0mZS+rNFqP3M9Eu+ObrA68DhU0gz6wuW2k/dR&#10;lEqrG+ILte7xucay3Z2tgnVzjPcfY1v1dfv2ut5u3k+bU1Dq9mZ6egQRcAp/MPzqszoU7HRwZzJe&#10;dArS9GHOqIL5MubAxCKJOBwULJMkBlnk8v8PxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAkKKcphMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAu7dsueIAAAALAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="150E0FAB">
+              <v:shape id="Text Box 47" style="position:absolute;margin-left:332.35pt;margin-top:395.85pt;width:93pt;height:81.7pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQopymEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11r2zAUfR/sPwi9L7YT2qUmTslaMgah&#10;LaSjz4osxQZbV7tSYme/fldynIxuT2Mv8pXv9zlHi/u+bdhRoavBFDybpJwpI6Gszb7g31/Xn+ac&#10;OS9MKRowquAn5fj98uOHRWdzNYUKmlIhoyLG5Z0teOW9zZPEyUq1wk3AKkNODdgKT1fcJyWKjqq3&#10;TTJN09ukAywtglTO0d/HwcmXsb7WSvpnrZ3yrCk4zebjifHchTNZLkS+R2GrWp7HEP8wRStqQ00v&#10;pR6FF+yA9R+l2loiONB+IqFNQOtaqrgDbZOl77bZVsKquAuB4+wFJvf/ysqn49a+IPP9F+iJwABI&#10;Z13u6GfYp9fYhi9NyshPEJ4usKneMxmSsnk2nWecSfJl6ezzzV0ENrmmW3T+q4KWBaPgSLxEuMRx&#10;4zy1pNAxJHQzsK6bJnLTGNYV/HZ2k8aEi4cyGkOJ12GD5ftdz+qy4LNxkR2UJ9oPYaDeWbmuaYaN&#10;cP5FIHFNK5F+/TMdugHqBWeLswrw59/+h3iigLycdaSdgrsfB4GKs+abIXKC0EYDR2M3GubQPgDJ&#10;kQCjaaJJCeib0dQI7RvJehW6kEsYSb0KLj2Olwc/aJgehlSrVQwjQVnhN2ZrZSgecAyYvvZvAu0Z&#10;eE+cPcGoK5G/w3+IHRhYHTzoOpITkB1wPANOYoycnR9OUPvv9xh1fd7LXwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALu3bLniAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj9FOwzAMRd+R+IfISLyxtIh2&#10;W2k6ISTGmAQSGx+QNV7btXGqJuvK32Oe4O1aPro+zleT7cSIg28cKYhnEQik0pmGKgVf+5e7BQgf&#10;NBndOUIF3+hhVVxf5Toz7kKfOO5CJbiEfKYV1CH0mZS+rNFqP3M9Eu+ObrA68DhU0gz6wuW2k/dR&#10;lEqrG+ILte7xucay3Z2tgnVzjPcfY1v1dfv2ut5u3k+bU1Dq9mZ6egQRcAp/MPzqszoU7HRwZzJe&#10;dArS9GHOqIL5MubAxCKJOBwULJMkBlnk8v8PxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAkKKcphMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAu7dsueIAAAALAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" w14:anchorId="68369C2E">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="3AF02DFF" w14:textId="1D76593B" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00162E42">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00162E42" w:rsidRDefault="00C300DB" w14:paraId="28184662" w14:textId="1D76593B">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Branch Chair</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251741696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B8ABA85" wp14:editId="6D280243">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B8ABA85" wp14:editId="6D280243">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2145665</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5025118</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1005840" cy="1037690"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="46" name="Text Box 46"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1005840" cy="1037690"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5811B8ED" w14:textId="60F083D8" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="5811B8ED" w14:textId="234EDA5E">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
-                              <w:t>Case handler rep</w:t>
+                              <w:t xml:space="preserve">Case handler </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="5B8ABA85" id="Text Box 46" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:168.95pt;margin-top:395.7pt;width:79.2pt;height:81.7pt;z-index:251741696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF8yyVEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LzcFPBcuAmcFEg&#10;SAI4Rc40RVoCKC67pC25X98lZdlB2lPRC7XUvmeG89u+NWyv0DdgSz6d5JwpK6Fq7LbkP15Wn244&#10;80HYShiwquQH5fnt4uOHeecKdQE1mEohoyLWF50reR2CK7LMy1q1wk/AKUtODdiKQFfcZhWKjqq3&#10;JrvI81nWAVYOQSrv6e/94OSLVF9rJcOT1l4FZkpOs4V0Yjo38cwWc1FsUbi6kccxxD9M0YrGUtNT&#10;qXsRBNth80eptpEIHnSYSGgz0LqRKu1A20zzd9usa+FU2oXA8e4Ek/9/ZeXjfu2ekYX+K/REYASk&#10;c77w9DPu02ts45cmZeQnCA8n2FQfmIxJeX59c0UuSb5pfvl59iUBm53THfrwTUHLolFyJF4SXGL/&#10;4AO1pNAxJHazsGqMSdwYy7qSzy6v85Rw8lCGsZR4HjZaod/0rKlKfjUusoHqQPshDNR7J1cNzfAg&#10;fHgWSFzT3KTf8ESHNkC94GhxVgP++tv/GE8UkJezjrRTcv9zJ1BxZr5bIicKbTRwNDajYXftHZAc&#10;p/QynEwmJWAwo6kR2leS9TJ2IZewknqVXAYcL3dh0DA9DKmWyxRGgnIiPNi1k7F4xDFi+tK/CnRH&#10;4ANx9gijrkTxDv8hdmBguQugm0RORHbA8Qg4iTFxdnw4Ue1v7ynq/LwXvwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAO4p9nbjAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbUCQlt&#10;EzKpEBKlRQKJlgO48TROE9tR7Kbh9pgVLEf/6f83xWrSHRtpcI01CPEsAkamsrIxNcLX/uVuCcx5&#10;YaTorCGEb3KwKq+vCpFLezGfNO58zUKJcblAUN73OeeuUqSFm9meTMiOdtDCh3OouRzEJZTrjt9H&#10;0Zxr0ZiwoERPz4qqdnfWCOvmGO8/xrbuVbt9Xb9t3k+bk0e8vZmeHoF5mvwfDL/6QR3K4HSwZyMd&#10;6xCSZJEFFGGRxSmwQKTZPAF2QMge0iXwsuD/fyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAIXzLJUTAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO4p9nbjAAAACwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="75969C49">
+              <v:shape id="Text Box 46" style="position:absolute;margin-left:168.95pt;margin-top:395.7pt;width:79.2pt;height:81.7pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1030" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF8yyVEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LzcFPBcuAmcFEg&#10;SAI4Rc40RVoCKC67pC25X98lZdlB2lPRC7XUvmeG89u+NWyv0DdgSz6d5JwpK6Fq7LbkP15Wn244&#10;80HYShiwquQH5fnt4uOHeecKdQE1mEohoyLWF50reR2CK7LMy1q1wk/AKUtODdiKQFfcZhWKjqq3&#10;JrvI81nWAVYOQSrv6e/94OSLVF9rJcOT1l4FZkpOs4V0Yjo38cwWc1FsUbi6kccxxD9M0YrGUtNT&#10;qXsRBNth80eptpEIHnSYSGgz0LqRKu1A20zzd9usa+FU2oXA8e4Ek/9/ZeXjfu2ekYX+K/REYASk&#10;c77w9DPu02ts45cmZeQnCA8n2FQfmIxJeX59c0UuSb5pfvl59iUBm53THfrwTUHLolFyJF4SXGL/&#10;4AO1pNAxJHazsGqMSdwYy7qSzy6v85Rw8lCGsZR4HjZaod/0rKlKfjUusoHqQPshDNR7J1cNzfAg&#10;fHgWSFzT3KTf8ESHNkC94GhxVgP++tv/GE8UkJezjrRTcv9zJ1BxZr5bIicKbTRwNDajYXftHZAc&#10;p/QynEwmJWAwo6kR2leS9TJ2IZewknqVXAYcL3dh0DA9DKmWyxRGgnIiPNi1k7F4xDFi+tK/CnRH&#10;4ANx9gijrkTxDv8hdmBguQugm0RORHbA8Qg4iTFxdnw4Ue1v7ynq/LwXvwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAO4p9nbjAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbUCQlt&#10;EzKpEBKlRQKJlgO48TROE9tR7Kbh9pgVLEf/6f83xWrSHRtpcI01CPEsAkamsrIxNcLX/uVuCcx5&#10;YaTorCGEb3KwKq+vCpFLezGfNO58zUKJcblAUN73OeeuUqSFm9meTMiOdtDCh3OouRzEJZTrjt9H&#10;0Zxr0ZiwoERPz4qqdnfWCOvmGO8/xrbuVbt9Xb9t3k+bk0e8vZmeHoF5mvwfDL/6QR3K4HSwZyMd&#10;6xCSZJEFFGGRxSmwQKTZPAF2QMge0iXwsuD/fyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAIXzLJUTAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO4p9nbjAAAACwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" w14:anchorId="5B8ABA85">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="5811B8ED" w14:textId="60F083D8" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="185C9760" w14:textId="234EDA5E">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
-                        <w:t>Case handler rep</w:t>
+                        <w:t xml:space="preserve">Case handler </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49B59269" wp14:editId="6F66C13B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49B59269" wp14:editId="6F66C13B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>280579</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>596809</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="990872" cy="1931035"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Text Box 25"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="990872" cy="1931035"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0E990660" w14:textId="169B5BB7" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="0E990660" w14:textId="169B5BB7">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Health</w:t>
                             </w:r>
                             <w:r>
                               <w:br/>
+                            </w:r>
+                            <w:r>
                               <w:t>and safety rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="49B59269" id="Text Box 25" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:22.1pt;margin-top:47pt;width:78pt;height:152.05pt;z-index:251730432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvWie5EwIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gAtSsRoWKtmCah&#10;thKd+mwcm0RyfN7ZkLC/fmdDYOr2NO3Fudyd78f3fZ7f961hB4W+AVvy8SjnTFkJVWN3Jf/+uvp0&#10;x5kPwlbCgFUlPyrP7xcfP8w7V6gJ1GAqhYyKWF90ruR1CK7IMi9r1Qo/AqcsBTVgKwL94i6rUHRU&#10;vTXZJM9vsw6wcghSeU/ex1OQL1J9rZUMz1p7FZgpOc0W0onp3MYzW8xFsUPh6kaexxD/MEUrGktN&#10;L6UeRRBsj80fpdpGInjQYSShzUDrRqq0A20zzt9ts6mFU2kXAse7C0z+/5WVT4eNe0EW+i/QE4ER&#10;kM75wpMz7tNrbOOXJmUUJwiPF9hUH5gk52yW332ecCYpNJ5Nx/n0JpbJrrcd+vBVQcuiUXIkWhJa&#10;4rD24ZQ6pMRmFlaNMYkaY1lX8tvpTZ4uXCJU3FjqcZ01WqHf9qypSp4GiJ4tVEdaD+HEvHdy1dAM&#10;a+HDi0CimjYi+YZnOrQB6gVni7Ma8Off/DGfGKAoZx1Jp+T+x16g4sx8s8RN1Nlg4GBsB8Pu2wcg&#10;NY7pYTiZTLqAwQymRmjfSNXL2IVCwkrqVXIZcPh5CCcJ07uQarlMaaQnJ8LabpyMxSOOEdPX/k2g&#10;OwMfiLInGGQlinf4n3JPDCz3AXSTyLnieAactJjoPb+bKPbf/1PW9XUvfgEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEoR8cTfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxKh&#10;NmRTISRKQSoSLR/gxts4TWxHsZuGv2c5wXF3RjNvitVkOzHSEBrvENJZAoJc5XXjaoSv/cvdAkSI&#10;ymnVeUcI3xRgVV5fFSrX/uI+adzFWnCIC7lCMDH2uZShMmRVmPmeHGtHP1gV+RxqqQd14XDbyXmS&#10;PEirGscNRvX0bKhqd2eLsG6O6f5jbOvetG+v6/fN9rQ5RcTbm+npEUSkKf6Z4Ref0aFkpoM/Ox1E&#10;h5Blc3YiLDOexDq38eOAcL9cpCDLQv5fUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;L1onuRMCAAAlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAShHxxN8AAAAJAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="6BA4FBBF">
+              <v:shape id="Text Box 25" style="position:absolute;margin-left:22.1pt;margin-top:47pt;width:78pt;height:152.05pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1031" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvWie5EwIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gAtSsRoWKtmCah&#10;thKd+mwcm0RyfN7ZkLC/fmdDYOr2NO3Fudyd78f3fZ7f961hB4W+AVvy8SjnTFkJVWN3Jf/+uvp0&#10;x5kPwlbCgFUlPyrP7xcfP8w7V6gJ1GAqhYyKWF90ruR1CK7IMi9r1Qo/AqcsBTVgKwL94i6rUHRU&#10;vTXZJM9vsw6wcghSeU/ex1OQL1J9rZUMz1p7FZgpOc0W0onp3MYzW8xFsUPh6kaexxD/MEUrGktN&#10;L6UeRRBsj80fpdpGInjQYSShzUDrRqq0A20zzt9ts6mFU2kXAse7C0z+/5WVT4eNe0EW+i/QE4ER&#10;kM75wpMz7tNrbOOXJmUUJwiPF9hUH5gk52yW332ecCYpNJ5Nx/n0JpbJrrcd+vBVQcuiUXIkWhJa&#10;4rD24ZQ6pMRmFlaNMYkaY1lX8tvpTZ4uXCJU3FjqcZ01WqHf9qypSp4GiJ4tVEdaD+HEvHdy1dAM&#10;a+HDi0CimjYi+YZnOrQB6gVni7Ma8Off/DGfGKAoZx1Jp+T+x16g4sx8s8RN1Nlg4GBsB8Pu2wcg&#10;NY7pYTiZTLqAwQymRmjfSNXL2IVCwkrqVXIZcPh5CCcJ07uQarlMaaQnJ8LabpyMxSOOEdPX/k2g&#10;OwMfiLInGGQlinf4n3JPDCz3AXSTyLnieAactJjoPb+bKPbf/1PW9XUvfgEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEoR8cTfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxKh&#10;NmRTISRKQSoSLR/gxts4TWxHsZuGv2c5wXF3RjNvitVkOzHSEBrvENJZAoJc5XXjaoSv/cvdAkSI&#10;ymnVeUcI3xRgVV5fFSrX/uI+adzFWnCIC7lCMDH2uZShMmRVmPmeHGtHP1gV+RxqqQd14XDbyXmS&#10;PEirGscNRvX0bKhqd2eLsG6O6f5jbOvetG+v6/fN9rQ5RcTbm+npEUSkKf6Z4Ref0aFkpoM/Ox1E&#10;h5Blc3YiLDOexDq38eOAcL9cpCDLQv5fUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;L1onuRMCAAAlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAShHxxN8AAAAJAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" w14:anchorId="49B59269">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="0E990660" w14:textId="169B5BB7" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="7D0E8231" w14:textId="169B5BB7">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Health</w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
+                      </w:r>
+                      <w:r>
                         <w:t>and safety rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251732480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B90126A" wp14:editId="45AFB961">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B90126A" wp14:editId="45AFB961">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2076359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>596809</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1153886" cy="1931035"/>
                 <wp:effectExtent l="0" t="0" r="1905" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="40" name="Text Box 40"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1153886" cy="1931035"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="42332E11" w14:textId="611A4702" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="42332E11" w14:textId="611A4702">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Equality LGBT+ reps</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="4B90126A" id="Text Box 40" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:163.5pt;margin-top:47pt;width:90.85pt;height:152.05pt;z-index:251732480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa7F/bEgIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02L2zAQvRf6H4Tuje0NCamJs6S7pBTC&#10;7kK27FmR5dgga9SREjv99R3JcVK2PZVe5JHn+72n5X3fanZS6BowBc8mKWfKSCgbcyj499fNpwVn&#10;zgtTCg1GFfysHL9fffyw7Gyu7qAGXSpkVMS4vLMFr723eZI4WatWuAlYZchZAbbC0xUPSYmio+qt&#10;Tu7SdJ50gKVFkMo5+vs4OPkq1q8qJf1zVTnlmS44zebjifHchzNZLUV+QGHrRl7GEP8wRSsaQ02v&#10;pR6FF+yIzR+l2kYiOKj8REKbQFU1UsUdaJssfbfNrhZWxV0IHGevMLn/V1Y+nXb2BZnvv0BPBAZA&#10;OutyRz/DPn2FbfjSpIz8BOH5CpvqPZMhKZtNF4s5Z5J82edplk5noU5yS7fo/FcFLQtGwZF4iXCJ&#10;09b5IXQMCd0MbBqtIzfasK7g8+ksjQlXDxXXhnrchg2W7/c9a0pKGBfZQ3mm/RAG6p2Vm4Zm2Arn&#10;XwQS17QS6dc/01FpoF5wsTirAX/+7X+IJwrIy1lH2im4+3EUqDjT3wyRE4Q2Gjga+9Ewx/YBSI4Z&#10;vQwro0kJ6PVoVgjtG8l6HbqQSxhJvQouPY6XBz9omB6GVOt1DCNBWeG3ZmdlKB5wDJi+9m8C7QV4&#10;T5w9wagrkb/Df4gdGFgfPVRNJCcgO+B4AZzEGOm9PJyg9t/vMer2vFe/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAqwXtyuIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KiT8tM0&#10;xKkQEqVFolJbHsCNt0maeB3FbhrenuUEp9VoRrPfZIvRtmLA3teOFMSTCARS4UxNpYKv/dtdAsIH&#10;TUa3jlDBN3pY5NdXmU6Nu9AWh10oBZeQT7WCKoQuldIXFVrtJ65DYu/oeqsDy76UptcXLretnEbR&#10;k7S6Jv5Q6Q5fKyya3dkqWNbHeL8ZmrKrmvX78mP1eVqdglK3N+PLM4iAY/gLwy8+o0POTAd3JuNF&#10;q+B+OuMtQcH8gS8HHqNkBuLAzjyJQeaZ/D8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBa7F/bEgIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrBe3K4gAAAAoBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="3DCEA751">
+              <v:shape id="Text Box 40" style="position:absolute;margin-left:163.5pt;margin-top:47pt;width:90.85pt;height:152.05pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa7F/bEgIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02L2zAQvRf6H4Tuje0NCamJs6S7pBTC&#10;7kK27FmR5dgga9SREjv99R3JcVK2PZVe5JHn+72n5X3fanZS6BowBc8mKWfKSCgbcyj499fNpwVn&#10;zgtTCg1GFfysHL9fffyw7Gyu7qAGXSpkVMS4vLMFr723eZI4WatWuAlYZchZAbbC0xUPSYmio+qt&#10;Tu7SdJ50gKVFkMo5+vs4OPkq1q8qJf1zVTnlmS44zebjifHchzNZLUV+QGHrRl7GEP8wRSsaQ02v&#10;pR6FF+yIzR+l2kYiOKj8REKbQFU1UsUdaJssfbfNrhZWxV0IHGevMLn/V1Y+nXb2BZnvv0BPBAZA&#10;OutyRz/DPn2FbfjSpIz8BOH5CpvqPZMhKZtNF4s5Z5J82edplk5noU5yS7fo/FcFLQtGwZF4iXCJ&#10;09b5IXQMCd0MbBqtIzfasK7g8+ksjQlXDxXXhnrchg2W7/c9a0pKGBfZQ3mm/RAG6p2Vm4Zm2Arn&#10;XwQS17QS6dc/01FpoF5wsTirAX/+7X+IJwrIy1lH2im4+3EUqDjT3wyRE4Q2Gjga+9Ewx/YBSI4Z&#10;vQwro0kJ6PVoVgjtG8l6HbqQSxhJvQouPY6XBz9omB6GVOt1DCNBWeG3ZmdlKB5wDJi+9m8C7QV4&#10;T5w9wagrkb/Df4gdGFgfPVRNJCcgO+B4AZzEGOm9PJyg9t/vMer2vFe/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAqwXtyuIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KiT8tM0&#10;xKkQEqVFolJbHsCNt0maeB3FbhrenuUEp9VoRrPfZIvRtmLA3teOFMSTCARS4UxNpYKv/dtdAsIH&#10;TUa3jlDBN3pY5NdXmU6Nu9AWh10oBZeQT7WCKoQuldIXFVrtJ65DYu/oeqsDy76UptcXLretnEbR&#10;k7S6Jv5Q6Q5fKyya3dkqWNbHeL8ZmrKrmvX78mP1eVqdglK3N+PLM4iAY/gLwy8+o0POTAd3JuNF&#10;q+B+OuMtQcH8gS8HHqNkBuLAzjyJQeaZ/D8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBa7F/bEgIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrBe3K4gAAAAoBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="4B90126A">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="42332E11" w14:textId="611A4702" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="5EE81FEA" w14:textId="611A4702">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Equality LGBT+ reps</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251737600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50F453F6" wp14:editId="0F1FE803">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50F453F6" wp14:editId="0F1FE803">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2494915</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2974340</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1335405" cy="1129665"/>
                 <wp:effectExtent l="0" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="43" name="Text Box 43"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1335405" cy="1129665"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4CF6CF90" w14:textId="29AE79DD" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="009850F3" w:rsidRDefault="00C300DB" w14:paraId="65FE13F1" w14:textId="6786B986">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
-                              <w:t>Pensions</w:t>
-[...7 lines deleted...]
-                              <w:t>reps</w:t>
+                              <w:t>Union Learning rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="50F453F6" id="Text Box 43" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:196.45pt;margin-top:234.2pt;width:105.15pt;height:88.95pt;z-index:251737600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx2aiIFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwlQ6BYRVnRXVJVW&#10;uyux1Z6NY5NIjscdGxL66zt2CFTbnqpe7LFnPB/vPS9vu8awo0Jfgy34eJRzpqyEsrb7gn9/2Xy4&#10;4cwHYUthwKqCn5Tnt6v375atW6gJVGBKhYySWL9oXcGrENwiy7ysVCP8CJyy5NSAjQh0xH1Womgp&#10;e2OySZ7PsxawdAhSeU+3972Tr1J+rZUMT1p7FZgpOPUW0opp3cU1Wy3FYo/CVbU8tyH+oYtG1JaK&#10;XlLdiyDYAes/UjW1RPCgw0hCk4HWtVRpBppmnL+ZZlsJp9IsBI53F5j8/0srH49b94wsdF+gIwIj&#10;IK3zC0+XcZ5OYxN36pSRnyA8XWBTXWAyPppOZx/zGWeSfOPx5PN8Pot5sutzhz58VdCwaBQciZcE&#10;lzg++NCHDiGxmoVNbUzixljWFnw+neXpwcVDyY2lGtdmoxW6XcfqsuCfhkF2UJ5oPoSeeu/kpqYe&#10;HoQPzwKJaxqJ9BueaNEGqBacLc4qwJ9/u4/xRAF5OWtJOwX3Pw4CFWfmmyVyotAGAwdjNxj20NwB&#10;yXFMP8PJZNIDDGYwNULzSrJexyrkElZSrYLLgMPhLvQapo8h1XqdwkhQToQHu3UyJo84RkxfuleB&#10;7gx8IM4eYdCVWLzBv4/tGVgfAug6kROR7XE8A05iTPSeP05U++/nFHX93qtfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAE3i7GOMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwZpK7KjT&#10;JIraNE6FkCgFqUi0HMCN3ThNPI5iNw23Z1jBbkbz9Of9YjPZjo168I1DAYt5BExj5VSDtYCv48vj&#10;EpgPEpXsHGoB39rDpry/K2Su3A0/9XgINaMQ9LkUYELoc859ZbSVfu56jXQ7u8HKQOtQczXIG4Xb&#10;jsdRlHErG6QPRvb62eiqPVytgG1zXhw/xrbuTfv2un3f7S+7SxDiYTY9rYEFPYU/GH71SR1Kcjq5&#10;KyrPOgHJKl4RKiDNlikwIrIoiYGdaEizBHhZ8P8dyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAMdmoiBUCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAE3i7GOMAAAALAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="61B1AF1B">
+              <v:shape id="Text Box 43" style="position:absolute;margin-left:196.45pt;margin-top:234.2pt;width:105.15pt;height:88.95pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1033" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx2aiIFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwlQ6BYRVnRXVJVW&#10;uyux1Z6NY5NIjscdGxL66zt2CFTbnqpe7LFnPB/vPS9vu8awo0Jfgy34eJRzpqyEsrb7gn9/2Xy4&#10;4cwHYUthwKqCn5Tnt6v375atW6gJVGBKhYySWL9oXcGrENwiy7ysVCP8CJyy5NSAjQh0xH1Womgp&#10;e2OySZ7PsxawdAhSeU+3972Tr1J+rZUMT1p7FZgpOPUW0opp3cU1Wy3FYo/CVbU8tyH+oYtG1JaK&#10;XlLdiyDYAes/UjW1RPCgw0hCk4HWtVRpBppmnL+ZZlsJp9IsBI53F5j8/0srH49b94wsdF+gIwIj&#10;IK3zC0+XcZ5OYxN36pSRnyA8XWBTXWAyPppOZx/zGWeSfOPx5PN8Pot5sutzhz58VdCwaBQciZcE&#10;lzg++NCHDiGxmoVNbUzixljWFnw+neXpwcVDyY2lGtdmoxW6XcfqsuCfhkF2UJ5oPoSeeu/kpqYe&#10;HoQPzwKJaxqJ9BueaNEGqBacLc4qwJ9/u4/xRAF5OWtJOwX3Pw4CFWfmmyVyotAGAwdjNxj20NwB&#10;yXFMP8PJZNIDDGYwNULzSrJexyrkElZSrYLLgMPhLvQapo8h1XqdwkhQToQHu3UyJo84RkxfuleB&#10;7gx8IM4eYdCVWLzBv4/tGVgfAug6kROR7XE8A05iTPSeP05U++/nFHX93qtfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAE3i7GOMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwZpK7KjT&#10;JIraNE6FkCgFqUi0HMCN3ThNPI5iNw23Z1jBbkbz9Of9YjPZjo168I1DAYt5BExj5VSDtYCv48vj&#10;EpgPEpXsHGoB39rDpry/K2Su3A0/9XgINaMQ9LkUYELoc859ZbSVfu56jXQ7u8HKQOtQczXIG4Xb&#10;jsdRlHErG6QPRvb62eiqPVytgG1zXhw/xrbuTfv2un3f7S+7SxDiYTY9rYEFPYU/GH71SR1Kcjq5&#10;KyrPOgHJKl4RKiDNlikwIrIoiYGdaEizBHhZ8P8dyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAMdmoiBUCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAE3i7GOMAAAALAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" w14:anchorId="50F453F6">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="4CF6CF90" w14:textId="29AE79DD" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="009850F3" w:rsidRDefault="00C300DB" w14:paraId="07471143" w14:textId="6786B986">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
-                        <w:t>Pensions</w:t>
-[...7 lines deleted...]
-                        <w:t>reps</w:t>
+                        <w:t>Union Learning rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BDA83E2" wp14:editId="0C279DD7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BDA83E2" wp14:editId="0C279DD7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4406265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2974340</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1409065" cy="1129665"/>
                 <wp:effectExtent l="0" t="0" r="635" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="44" name="Text Box 44"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1409065" cy="1129665"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="783BF54C" w14:textId="77777777" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="783BF54C" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Young members </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3385A859" w14:textId="2F3E5215" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="3385A859" w14:textId="2F3E5215">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="3BDA83E2" id="Text Box 44" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:346.95pt;margin-top:234.2pt;width:110.95pt;height:88.95pt;z-index:251738624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2NZt1FAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2yAQfp+0/wHxvtjJ1qi14lRZq0yT&#10;qrZSOvWZYIgtYY4dJHb21+/AcVJ1e5r2Agd33I/v+1jc9q1hB4W+AVvy6STnTFkJVWN3Jf/xsv50&#10;zZkPwlbCgFUlPyrPb5cfPyw6V6gZ1GAqhYySWF90ruR1CK7IMi9r1Qo/AacsOTVgKwIdcZdVKDrK&#10;3ppslufzrAOsHIJU3tPt/eDky5RfayXDk9ZeBWZKTr2FtGJat3HNlgtR7FC4upGnNsQ/dNGKxlLR&#10;c6p7EQTbY/NHqraRCB50mEhoM9C6kSrNQNNM83fTbGrhVJqFwPHuDJP/f2nl42HjnpGF/iv0RGAE&#10;pHO+8HQZ5+k1tnGnThn5CcLjGTbVBybjoy/5TT6/4kySbzqd3czpQHmyy3OHPnxT0LJolByJlwSX&#10;ODz4MISOIbGahXVjTOLGWNaVfP75Kk8Pzh5KbizVuDQbrdBve9ZUJb8eB9lCdaT5EAbqvZPrhnp4&#10;ED48CySuaSTSb3iiRRugWnCyOKsBf/3tPsYTBeTlrCPtlNz/3AtUnJnvlsiJQhsNHI3taNh9ewck&#10;xyn9DCeTSQ8wmNHUCO0ryXoVq5BLWEm1Si4Djoe7MGiYPoZUq1UKI0E5ER7sxsmYPOIYMX3pXwW6&#10;E/CBOHuEUVeieIf/EDswsNoH0E0iJyI74HgCnMSY6D19nKj2t+cUdfney98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAWFyRS4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BTsMwEEX3SNzBGiR21AkN&#10;UZPGqRASpVQCibYHcONpnCa2o9hNw+0ZVrAc/ac/7xeryXRsxME3zgqIZxEwtJVTja0FHPavDwtg&#10;PkirZOcsCvhGD6vy9qaQuXJX+4XjLtSMSqzPpQAdQp9z7iuNRvqZ69FSdnKDkYHOoeZqkFcqNx1/&#10;jKKUG9lY+qBljy8aq3Z3MQLWzSnef45t3ev2/W293XycN+cgxP3d9LwEFnAKfzD86pM6lOR0dBer&#10;POsEpNk8I1RAki4SYERk8RONOVKUpHPgZcH/byh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALY1m3UUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhABYXJFLiAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="34EC3F22">
+              <v:shape id="Text Box 44" style="position:absolute;margin-left:346.95pt;margin-top:234.2pt;width:110.95pt;height:88.95pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1034" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2NZt1FAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2yAQfp+0/wHxvtjJ1qi14lRZq0yT&#10;qrZSOvWZYIgtYY4dJHb21+/AcVJ1e5r2Agd33I/v+1jc9q1hB4W+AVvy6STnTFkJVWN3Jf/xsv50&#10;zZkPwlbCgFUlPyrPb5cfPyw6V6gZ1GAqhYySWF90ruR1CK7IMi9r1Qo/AacsOTVgKwIdcZdVKDrK&#10;3ppslufzrAOsHIJU3tPt/eDky5RfayXDk9ZeBWZKTr2FtGJat3HNlgtR7FC4upGnNsQ/dNGKxlLR&#10;c6p7EQTbY/NHqraRCB50mEhoM9C6kSrNQNNM83fTbGrhVJqFwPHuDJP/f2nl42HjnpGF/iv0RGAE&#10;pHO+8HQZ5+k1tnGnThn5CcLjGTbVBybjoy/5TT6/4kySbzqd3czpQHmyy3OHPnxT0LJolByJlwSX&#10;ODz4MISOIbGahXVjTOLGWNaVfP75Kk8Pzh5KbizVuDQbrdBve9ZUJb8eB9lCdaT5EAbqvZPrhnp4&#10;ED48CySuaSTSb3iiRRugWnCyOKsBf/3tPsYTBeTlrCPtlNz/3AtUnJnvlsiJQhsNHI3taNh9ewck&#10;xyn9DCeTSQ8wmNHUCO0ryXoVq5BLWEm1Si4Djoe7MGiYPoZUq1UKI0E5ER7sxsmYPOIYMX3pXwW6&#10;E/CBOHuEUVeieIf/EDswsNoH0E0iJyI74HgCnMSY6D19nKj2t+cUdfney98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAWFyRS4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BTsMwEEX3SNzBGiR21AkN&#10;UZPGqRASpVQCibYHcONpnCa2o9hNw+0ZVrAc/ac/7xeryXRsxME3zgqIZxEwtJVTja0FHPavDwtg&#10;PkirZOcsCvhGD6vy9qaQuXJX+4XjLtSMSqzPpQAdQp9z7iuNRvqZ69FSdnKDkYHOoeZqkFcqNx1/&#10;jKKUG9lY+qBljy8aq3Z3MQLWzSnef45t3ev2/W293XycN+cgxP3d9LwEFnAKfzD86pM6lOR0dBer&#10;POsEpNk8I1RAki4SYERk8RONOVKUpHPgZcH/byh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALY1m3UUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhABYXJFLiAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" w14:anchorId="3BDA83E2">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="783BF54C" w14:textId="77777777" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="4C2917F6" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Young members </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3385A859" w14:textId="2F3E5215" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="7DE1BDDA" w14:textId="2F3E5215">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00162E42" w:rsidRPr="00127CED">
+      <w:r w:rsidRPr="00127CED" w:rsidR="00162E42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251736576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B3A9500" wp14:editId="69E883EB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B3A9500" wp14:editId="69E883EB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2974431</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1930956" cy="1129665"/>
                 <wp:effectExtent l="0" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="42" name="Text Box 42"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1930956" cy="1129665"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5937CE6B" w14:textId="0536E8EE" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="5937CE6B" w14:textId="0536E8EE">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Negotiations</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1067452B" w14:textId="64D54D29" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="1067452B" w14:textId="64D54D29">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t>rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="4B3A9500" id="Text Box 42" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:234.2pt;width:152.05pt;height:88.95pt;z-index:251736576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBepsIMFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmsQAURVnRXVJXQ&#10;7kpstWfj2CSS43HHhoT++o4dAtW2p6oXe+wZz8d7z8v7rjHspNDXYAs+HuWcKSuhrO2h4N9fN58+&#10;c+aDsKUwYFXBz8rz+9XHD8vWLdQEKjClQkZJrF+0ruBVCG6RZV5WqhF+BE5ZcmrARgQ64iErUbSU&#10;vTHZJM9nWQtYOgSpvKfbx97JVym/1kqGZ629CswUnHoLacW07uOarZZicUDhqlpe2hD/0EUjaktF&#10;r6keRRDsiPUfqZpaInjQYSShyUDrWqo0A00zzt9Ns6uEU2kWAse7K0z+/6WVT6ede0EWui/QEYER&#10;kNb5hafLOE+nsYk7dcrITxCer7CpLjAZH83v8vl0xpkk33g8mc9m05gnuz136MNXBQ2LRsGReElw&#10;idPWhz50CInVLGxqYxI3xrK24LO7aZ4eXD2U3FiqcWs2WqHbd6wuCz4fBtlDeab5EHrqvZObmnrY&#10;Ch9eBBLXNBLpNzzTog1QLbhYnFWAP/92H+OJAvJy1pJ2Cu5/HAUqzsw3S+REoQ0GDsZ+MOyxeQCS&#10;45h+hpPJpAcYzGBqhOaNZL2OVcglrKRaBZcBh8ND6DVMH0Oq9TqFkaCcCFu7czImjzhGTF+7N4Hu&#10;Anwgzp5g0JVYvMO/j+0ZWB8D6DqRE5HtcbwATmJM9F4+TlT77+cUdfveq18AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCObYor4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RSsNAFETfBf9huYJv7aZN&#10;CDXmpohgrUIFWz9gm9xm02Tvhuw2jX/v+qSPwwwzZ/L1ZDox0uAaywiLeQSCuLRVwzXC1+FltgLh&#10;vOJKdZYJ4ZscrIvbm1xllb3yJ417X4tQwi5TCNr7PpPSlZqMcnPbEwfvZAejfJBDLatBXUO56eQy&#10;ilJpVMNhQauenjWV7f5iEDbNaXH4GNu61+3b6+Z9uztvzx7x/m56egThafJ/YfjFD+hQBKajvXDl&#10;RIcwW4YgQpKuEhDBj6P4AcQRIU3SGGSRy/8Pih8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAXqbCDBQCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAjm2KK+EAAAAJAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="7055D8B9">
+              <v:shape id="Text Box 42" style="position:absolute;margin-left:-.1pt;margin-top:234.2pt;width:152.05pt;height:88.95pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1035" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBepsIMFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmsQAURVnRXVJXQ&#10;7kpstWfj2CSS43HHhoT++o4dAtW2p6oXe+wZz8d7z8v7rjHspNDXYAs+HuWcKSuhrO2h4N9fN58+&#10;c+aDsKUwYFXBz8rz+9XHD8vWLdQEKjClQkZJrF+0ruBVCG6RZV5WqhF+BE5ZcmrARgQ64iErUbSU&#10;vTHZJM9nWQtYOgSpvKfbx97JVym/1kqGZ629CswUnHoLacW07uOarZZicUDhqlpe2hD/0EUjaktF&#10;r6keRRDsiPUfqZpaInjQYSShyUDrWqo0A00zzt9Ns6uEU2kWAse7K0z+/6WVT6ede0EWui/QEYER&#10;kNb5hafLOE+nsYk7dcrITxCer7CpLjAZH83v8vl0xpkk33g8mc9m05gnuz136MNXBQ2LRsGReElw&#10;idPWhz50CInVLGxqYxI3xrK24LO7aZ4eXD2U3FiqcWs2WqHbd6wuCz4fBtlDeab5EHrqvZObmnrY&#10;Ch9eBBLXNBLpNzzTog1QLbhYnFWAP/92H+OJAvJy1pJ2Cu5/HAUqzsw3S+REoQ0GDsZ+MOyxeQCS&#10;45h+hpPJpAcYzGBqhOaNZL2OVcglrKRaBZcBh8ND6DVMH0Oq9TqFkaCcCFu7czImjzhGTF+7N4Hu&#10;Anwgzp5g0JVYvMO/j+0ZWB8D6DqRE5HtcbwATmJM9F4+TlT77+cUdfveq18AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCObYor4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RSsNAFETfBf9huYJv7aZN&#10;CDXmpohgrUIFWz9gm9xm02Tvhuw2jX/v+qSPwwwzZ/L1ZDox0uAaywiLeQSCuLRVwzXC1+FltgLh&#10;vOJKdZYJ4ZscrIvbm1xllb3yJ417X4tQwi5TCNr7PpPSlZqMcnPbEwfvZAejfJBDLatBXUO56eQy&#10;ilJpVMNhQauenjWV7f5iEDbNaXH4GNu61+3b6+Z9uztvzx7x/m56egThafJ/YfjFD+hQBKajvXDl&#10;RIcwW4YgQpKuEhDBj6P4AcQRIU3SGGSRy/8Pih8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAXqbCDBQCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAjm2KK+EAAAAJAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" w14:anchorId="4B3A9500">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="5937CE6B" w14:textId="0536E8EE" w:rsidR="00337F8D" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="35BB48E6" w14:textId="0536E8EE">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Negotiations</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1067452B" w14:textId="64D54D29" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="542F6934" w14:textId="64D54D29">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t>rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00191FA0">
         <w:t>A number of well-trained reps make a strong branch</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3270E012" w14:textId="3D3732D3" w:rsidR="00127CED" w:rsidRDefault="00AE486E">
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w:rsidR="00127CED" w:rsidP="1FC4B6F9" w:rsidRDefault="00AE486E" w14:paraId="3270E012" w14:textId="3D3732D3">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00127CED">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251748864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09A59109" wp14:editId="5E20A338">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09A59109" wp14:editId="61852739">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>80010</wp:posOffset>
+                  <wp:posOffset>40074</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7279640</wp:posOffset>
+                  <wp:posOffset>6379623</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1480457" cy="760095"/>
-                <wp:effectExtent l="0" t="0" r="5715" b="1905"/>
+                <wp:extent cx="2689508" cy="1083310"/>
+                <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="48" name="Text Box 48"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1480457" cy="760095"/>
+                          <a:ext cx="2689508" cy="1083310"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2284016B" w14:textId="77777777" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00AE486E">
+                          <w:p w:rsidRPr="00E26D8E" w:rsidR="00000000" w:rsidP="00AE486E" w:rsidRDefault="00000000" w14:paraId="288F539A" w14:textId="7791D220">
                             <w:pPr>
-                              <w:pStyle w:val="Jigsawpieces"/>
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r>
-                              <w:t>Communica-</w:t>
+                            <w:r w:rsidRPr="00E26D8E">
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>Communica</w:t>
                             </w:r>
-                            <w:r>
-                              <w:br/>
+                            <w:r w:rsidRPr="00E26D8E">
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
                               <w:t>tions rep</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="09A59109" id="Text Box 48" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:6.3pt;margin-top:573.2pt;width:116.55pt;height:59.85pt;z-index:251748864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBD3qO+EwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc612nsZOuvI7cRK4q&#10;WUkkp8oZs+BdiWXogL3r/voO2GtHaU9VLzAww3y895jd9a1he4W+AVvy8SjnTFkJVWO3Jf/xsvx0&#10;y5kPwlbCgFUlPyjP7+YfP8w6V6grqMFUChklsb7oXMnrEFyRZV7WqhV+BE5ZcmrAVgQ64jarUHSU&#10;vTXZVZ5Psw6wcghSeU+3D0cnn6f8WisZnrT2KjBTcuotpBXTuolrNp+JYovC1Y08tSH+oYtWNJaK&#10;nlM9iCDYDps/UrWNRPCgw0hCm4HWjVRpBppmnL+bZl0Lp9IsBI53Z5j8/0srH/dr94ws9F+hJwIj&#10;IJ3zhafLOE+vsY07dcrITxAezrCpPjAZH13f5teTG84k+W6mef5lEtNkl9cOffimoGXRKDkSLQkt&#10;sV/5cAwdQmIxC8vGmESNsawr+fTzJE8Pzh5KbizVuPQardBvetZU1FJiNl5toDrQfAhH6r2Ty4aa&#10;WAkfngUS1zQS6Tc80aINUDE4WZzVgL/+dh/jiQLyctaRdkruf+4EKs7Md0vkRKENBg7GZjDsrr0H&#10;kuOYfoaTyaQHGMxgaoT2lWS9iFXIJaykWiWXAYfDfThqmD6GVItFCiNBORFWdu1kTB6BjKC+9K8C&#10;3Qn5QJw9wqArUbwj4Bh7pGCxC6CbxM4FxxPiJMbE7+njRLW/Paeoy/ee/wYAAP//AwBQSwMEFAAG&#10;AAgAAAAhABWqChbhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj1FLw0AQhN8F/8Oxgm/2khCj&#10;xFyKCNYqVLD1B1yTbS5Nbi/krmn8966+6NMyzMfsTLGcbS8mHH3rSEG8iEAgVa5uqVHwuXu+uQfh&#10;g6Za945QwRd6WJaXF4XOa3emD5y2oREcQj7XCkwIQy6lrwxa7RduQGLv4EarA8uxkfWozxxue5lE&#10;USatbok/GD3gk8Gq256sglV7iHfvU9cMpnt9Wb2tN8f1MSh1fTU/PoAIOIc/GH7qc3UoudPenaj2&#10;omedZEzyjdMsBcFEkt7egdj/WlkMsizk/xHlNwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBD3qO+EwIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAVqgoW4QAAAAwBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <w:pict w14:anchorId="4DE9C0A6">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="09A59109">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 48" style="position:absolute;margin-left:3.15pt;margin-top:502.35pt;width:211.75pt;height:85.3pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1036" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtkCNzEwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmgRTQirOiuqCqh&#10;3ZXYas/GsUkkx+OODQn99R0bAtW2p6oXZ+L5fu95cd+3hh0V+gZsycejnDNlJVSN3Zf8++v605wz&#10;H4SthAGrSn5Snt8vP35YdK5QE6jBVAoZFbG+6FzJ6xBckWVe1qoVfgROWXJqwFYE+sV9VqHoqHpr&#10;skmez7IOsHIIUnlPt49nJ1+m+lorGZ619iowU3KaLaQT07mLZ7ZciGKPwtWNvIwh/mGKVjSWml5L&#10;PYog2AGbP0q1jUTwoMNIQpuB1o1UaQfaZpy/22ZbC6fSLgSOd1eY/P8rK5+OW/eCLPRfoCcCIyCd&#10;84Wny7hPr7GNX5qUkZ8gPF1hU31gki4ns/nnu5yIluQb5/PpdJyAzW7pDn34qqBl0Sg5Ei8JLnHc&#10;+EAtKXQIid0srBtjEjfGsq7ks+ldnhKuHsowlhJvw0Yr9LueNVUcY9hkB9WJFkQ4c++dXDc0xEb4&#10;8CKQyKadSMDhmQ5tgJrBxeKsBvz5t/sYTxyQl7OOxFNy/+MgUHFmvlliJyptMHAwdoNhD+0DkB7H&#10;9DScTCYlYDCDqRHaN9L1KnYhl7CSepVcBhx+HsJZxPQypFqtUhgpyomwsVsnY/EIZAT1tX8T6C7I&#10;ByLtCQZhieIdAefYMwWrQwDdJHYitGccL4iTGhNpl5cT5f77f4q6ve/lLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAC/is1fhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01OwzAQhfdI3MEaJHbUTlta&#10;CHEqhEQpSCDRcgA3niZp4nEUu2m4PcMKlvPm0/vJVqNrxYB9qD1pSCYKBFLhbU2lhq/d880diBAN&#10;WdN6Qg3fGGCVX15kJrX+TJ84bGMp2IRCajRUMXaplKGo0Jkw8R0S/w6+dyby2ZfS9ubM5q6VU6UW&#10;0pmaOKEyHT5VWDTbk9Owrg/J7mNoyq5qXl/Wb5v34+YYtb6+Gh8fQEQc4x8Mv/W5OuTcae9PZINo&#10;NSxmDLKs1HwJgoH59J637FlKlrczkHkm/2/IfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAtkCNzEwIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAv4rNX4QAAAAsBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="2284016B" w14:textId="77777777" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00AE486E">
+                    <w:p w:rsidRPr="00E26D8E" w:rsidR="00000000" w:rsidP="00AE486E" w:rsidRDefault="00000000" w14:paraId="6AC2A8C5" w14:textId="7791D220">
                       <w:pPr>
-                        <w:pStyle w:val="Jigsawpieces"/>
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r>
-                        <w:t>Communica-</w:t>
+                      <w:r w:rsidRPr="00E26D8E">
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>Communica</w:t>
                       </w:r>
-                      <w:r>
-                        <w:br/>
+                      <w:r w:rsidRPr="00E26D8E">
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
                         <w:t>tions rep</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="004830D1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CBF0C1B" wp14:editId="7D116E11">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CBF0C1B" wp14:editId="7D116E11">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3915410</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>370841</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1790700" cy="1765300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="41" name="Text Box 41"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1790700" cy="1765300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="57027AFF" w14:textId="1560E31E" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                          <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="57027AFF" w14:textId="7257FEF1">
                             <w:pPr>
                               <w:pStyle w:val="Jigsawpieces"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Membership </w:t>
                             </w:r>
                             <w:r>
                               <w:br/>
+                            </w:r>
+                            <w:r>
                               <w:t>and recruitment secretary</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shape w14:anchorId="3CBF0C1B" id="Text Box 41" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:308.3pt;margin-top:29.2pt;width:141pt;height:139pt;z-index:251734528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9o7w/EwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2yAQfp+0/wHxvthp1WS14lRZq0yT&#10;qrZSOvWZYIgtYY4dJHb21+/AcTJ1e5r2Agd33I/v+1jc9a1hB4W+AVvy6STnTFkJVWN3Jf/+uv70&#10;mTMfhK2EAatKflSe3y0/flh0rlBXUIOpFDJKYn3RuZLXIbgiy7ysVSv8BJyy5NSArQh0xF1Woego&#10;e2uyqzyfZR1g5RCk8p5uHwYnX6b8WisZnrX2KjBTcuotpBXTuo1rtlyIYofC1Y08tSH+oYtWNJaK&#10;nlM9iCDYHps/UrWNRPCgw0RCm4HWjVRpBppmmr+bZlMLp9IsBI53Z5j8/0srnw4b94Is9F+gJwIj&#10;IJ3zhafLOE+vsY07dcrITxAez7CpPjAZH81v83lOLkm+6Xx2c00HypNdnjv04auClkWj5Ei8JLjE&#10;4dGHIXQMidUsrBtjEjfGsq7ks+ubPD04eyi5sVTj0my0Qr/tWVNRG+dJtlAdaUCEgXvv5LqhJh6F&#10;Dy8CiWxqnAQcnmnRBqgYnCzOasCff7uP8cQBeTnrSDwl9z/2AhVn5psldqLSRgNHYzsadt/eA+lx&#10;Sl/DyWTSAwxmNDVC+0a6XsUq5BJWUq2Sy4Dj4T4MIqafIdVqlcJIUU6ER7txMiaPQEZQX/s3ge6E&#10;fCDSnmAUlijeETDEDhSs9gF0k9iJ0A44nhAnNSZ+Tz8nyv33c4q6/O/lLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAMLM42HhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbUCS1W&#10;CHEqhERpkUCi5QBuPI3TxHYUu2m4PdMVLGfm6c/7xXKyHRtxCI13EtJZAgxd5XXjagnfu9e7DFiI&#10;ymnVeYcSfjDAsry+KlSu/dl94biNNaMQF3IlwcTY55yHyqBVYeZ7dHQ7+MGqSONQcz2oM4Xbjt8n&#10;ieBWNY4+GNXji8Gq3Z6shFVzSHefY1v3pt28rd7XH8f1MUp5ezM9PwGLOMU/GC76pA4lOe39yenA&#10;OgkiFYJQCQ/ZAhgB2WNGi72E+VwsgJcF/1+h/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQD9o7w/EwIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDCzONh4QAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <mc:Fallback xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="73CE312E">
+              <v:shape id="Text Box 41" style="position:absolute;margin-left:308.3pt;margin-top:29.2pt;width:141pt;height:139pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1037" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9o7w/EwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2yAQfp+0/wHxvthp1WS14lRZq0yT&#10;qrZSOvWZYIgtYY4dJHb21+/AcTJ1e5r2Agd33I/v+1jc9a1hB4W+AVvy6STnTFkJVWN3Jf/+uv70&#10;mTMfhK2EAatKflSe3y0/flh0rlBXUIOpFDJKYn3RuZLXIbgiy7ysVSv8BJyy5NSArQh0xF1Woego&#10;e2uyqzyfZR1g5RCk8p5uHwYnX6b8WisZnrX2KjBTcuotpBXTuo1rtlyIYofC1Y08tSH+oYtWNJaK&#10;nlM9iCDYHps/UrWNRPCgw0RCm4HWjVRpBppmmr+bZlMLp9IsBI53Z5j8/0srnw4b94Is9F+gJwIj&#10;IJ3zhafLOE+vsY07dcrITxAez7CpPjAZH81v83lOLkm+6Xx2c00HypNdnjv04auClkWj5Ei8JLjE&#10;4dGHIXQMidUsrBtjEjfGsq7ks+ubPD04eyi5sVTj0my0Qr/tWVNRG+dJtlAdaUCEgXvv5LqhJh6F&#10;Dy8CiWxqnAQcnmnRBqgYnCzOasCff7uP8cQBeTnrSDwl9z/2AhVn5psldqLSRgNHYzsadt/eA+lx&#10;Sl/DyWTSAwxmNDVC+0a6XsUq5BJWUq2Sy4Dj4T4MIqafIdVqlcJIUU6ER7txMiaPQEZQX/s3ge6E&#10;fCDSnmAUlijeETDEDhSs9gF0k9iJ0A44nhAnNSZ+Tz8nyv33c4q6/O/lLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAMLM42HhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbUCS1W&#10;CHEqhERpkUCi5QBuPI3TxHYUu2m4PdMVLGfm6c/7xXKyHRtxCI13EtJZAgxd5XXjagnfu9e7DFiI&#10;ymnVeYcSfjDAsry+KlSu/dl94biNNaMQF3IlwcTY55yHyqBVYeZ7dHQ7+MGqSONQcz2oM4Xbjt8n&#10;ieBWNY4+GNXji8Gq3Z6shFVzSHefY1v3pt28rd7XH8f1MUp5ezM9PwGLOMU/GC76pA4lOe39yenA&#10;OgkiFYJQCQ/ZAhgB2WNGi72E+VwsgJcF/1+h/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQD9o7w/EwIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDCzONh4QAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="3CBF0C1B">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="57027AFF" w14:textId="1560E31E" w:rsidR="00337F8D" w:rsidRPr="00127CED" w:rsidRDefault="00337F8D" w:rsidP="00127CED">
+                    <w:p w:rsidRPr="00127CED" w:rsidR="00C300DB" w:rsidP="00127CED" w:rsidRDefault="00C300DB" w14:paraId="38DCF051" w14:textId="7257FEF1">
                       <w:pPr>
                         <w:pStyle w:val="Jigsawpieces"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Membership </w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
+                      </w:r>
+                      <w:r>
                         <w:t>and recruitment secretary</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00ED6330" w:rsidRPr="00F16172">
+      <w:r w:rsidRPr="00F16172" w:rsidR="00ED6330">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251586048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F730E7E" wp14:editId="7D303A2E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F730E7E" wp14:editId="7D303A2E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>528955</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5816600" cy="7755890"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="13" name="Picture 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="13" name="Picture 13"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34">
+                    <a:blip r:embed="rId33">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5816600" cy="7755890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00127CED">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4746AE89" w14:textId="1950238F" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="4746AE89" w14:textId="1950238F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc204741272"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846444" w:id="52"/>
+      <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="005253FF">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>: Reps’ rights</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7DA28B8B" w14:textId="1FACE8AA" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7DA28B8B" w14:textId="1FACE8AA">
       <w:r>
         <w:t>It is very important that a new rep feels confident in what they can and can’t do. This session looks at reps’ rights.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD0422A" w14:textId="61CDA9AA" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5FD0422A" w14:textId="61CDA9AA">
       <w:r>
         <w:t>Your legal rights derive from the Trade Union and Labour Relations (Consolidation) Act 1992.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53872A09" w14:textId="1822749E" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="53872A09" w14:textId="1822749E">
       <w:r>
         <w:t xml:space="preserve">Under section 199 of the Act, the Advisory, Conciliation and Arbitration Service (Acas) has a duty to provide practical guidance on the time off to be permitted by an employer – see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId34">
         <w:r w:rsidRPr="00725F05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://bit.ly/acas-time-off</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B0D08A" w14:textId="648BB295" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="41B0D08A" w14:textId="648BB295">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc204741273"/>
+      <w:bookmarkStart w:name="_Toc208846445" w:id="53"/>
       <w:r>
         <w:t>Extract from ACAS Code of Practice 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="373D1CB1" w14:textId="243A2487" w:rsidR="007D23B9" w:rsidRPr="007D23B9" w:rsidRDefault="001047EB" w:rsidP="007D23B9">
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w:rsidRPr="007D23B9" w:rsidR="007D23B9" w:rsidP="1FC4B6F9" w:rsidRDefault="001047EB" w14:paraId="373D1CB1" w14:textId="4BEDA98B">
       <w:pPr>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="007D23B9" w:rsidRPr="007D23B9">
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="007D23B9">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Entitlement</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3E8294FB" w14:textId="76A9C6C9" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="007D23B9">
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="21FBFCBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D23B9" w:rsidP="007D23B9" w:rsidRDefault="007D23B9" w14:paraId="3E8294FB" w14:textId="76A9C6C9">
       <w:r>
         <w:t>8 Employees who are union representatives of an independent trade union recognised by their employer are to be permitted reasonable time off during working hours to carry out certain trade union duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329A437E" w14:textId="6031E150" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="007D23B9">
+    <w:p w:rsidR="007D23B9" w:rsidP="007D23B9" w:rsidRDefault="007D23B9" w14:paraId="329A437E" w14:textId="6031E150">
       <w:r>
         <w:t>9 Union representatives are entitled to time off where the duties are concerned with:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631BF83C" w14:textId="0269AED4" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="005A317F">
+    <w:p w:rsidR="007D23B9" w:rsidP="005A317F" w:rsidRDefault="007D23B9" w14:paraId="631BF83C" w14:textId="0269AED4">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">negotiations with the employer about matters which fall within section 178(2) of the Trade Union and Labour Relations (Consolidation) Act 1992 (TULR(C)A) and for which the union is recognised for the purposes of collective bargaining by the </w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="430F103B" w14:textId="5222E28F" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="005A317F">
+        <w:t>negotiations with the employer about matters which fall within section 178(2) of the Trade Union and Labour Relations (Consolidation) Act 1992 (TULR(C)A) and for which the union is recognised for the purposes of collective bargaining by the employer;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D23B9" w:rsidP="005A317F" w:rsidRDefault="007D23B9" w14:paraId="430F103B" w14:textId="5222E28F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">any other functions on behalf of employees of the employer which are related to matters falling within section 178(2) TULR(C)A and which the employer has agreed the union may </w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="33EE79A2" w14:textId="77777777" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="005A317F">
+        <w:t>any other functions on behalf of employees of the employer which are related to matters falling within section 178(2) TULR(C)A and which the employer has agreed the union may perform;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D23B9" w:rsidP="005A317F" w:rsidRDefault="007D23B9" w14:paraId="33EE79A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">the receipt of information from the employer and consultation by the employer under section 188 TULR(C)A, related to redundancy or under the Transfer of Undertakings (Protection of Employment) Regulations 2006 that applies to employees of the </w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="5EBCF94B" w14:textId="77777777" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="005A317F">
+        <w:t>the receipt of information from the employer and consultation by the employer under section 188 TULR(C)A, related to redundancy or under the Transfer of Undertakings (Protection of Employment) Regulations 2006 that applies to employees of the employer;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D23B9" w:rsidP="005A317F" w:rsidRDefault="007D23B9" w14:paraId="5EBCF94B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>negotiations with a view to entering into an agreement under regulation 9 of the Transfer of Undertakings (Protection of Employment) Regulations 2006 that applies to employees of the employer; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B489FD" w14:textId="77777777" w:rsidR="007D23B9" w:rsidRDefault="007D23B9" w:rsidP="005A317F">
+    <w:p w:rsidR="007D23B9" w:rsidP="005A317F" w:rsidRDefault="007D23B9" w14:paraId="12B489FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the performance on behalf of employees of the employer of functions related to or connected with the making of an agreement under regulation 9 of the Transfer of Undertakings (Protection or Employment) Regulations 2006.</w:t>
       </w:r>
       <w:r w:rsidR="001047EB">
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331E7D49" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="331E7D49" w14:textId="77777777">
       <w:r>
         <w:t>Reps’ rights are split broadly to into two categories: duties and activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B93336" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="006004DB">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="006004DB" w:rsidRDefault="00DF3D6E" w14:paraId="33B93336" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc204741274"/>
+      <w:bookmarkStart w:name="_Toc208846446" w:id="54"/>
       <w:r>
         <w:t>Duties</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="62EE625A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="62EE625A" w14:textId="77777777">
       <w:r>
         <w:t>Employees who are union representatives of an independent trade union recognised by their employer are to be permitted reasonable paid time off during working hours to carry out certain trade union duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3FF853" w14:textId="7F34C0FE" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6E3FF853" w14:textId="7F34C0FE">
       <w:r>
         <w:t xml:space="preserve">Examples </w:t>
       </w:r>
       <w:r w:rsidR="00675552">
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pay negotiations, consultation on restructuring, or representing an individual member in a grievance. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27267BFE" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="27267BFE" w14:textId="21A40E61">
       <w:r>
         <w:t>These tasks also include time to prepare for these duties and to do other things "concerned with" them (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="194728AD">
+        <w:t>e.g.</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> briefing and consulting members before and after meetings with management, or branch committee meetings to discuss such issues). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6F9239" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="006004DB">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="006004DB" w:rsidRDefault="00DF3D6E" w14:paraId="0A6F9239" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc204741275"/>
+      <w:bookmarkStart w:name="_Toc208846447" w:id="55"/>
       <w:r>
         <w:t>Activities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="75494B1A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="75494B1A" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Union reps and members are entitled to reasonable time off during working hours to carry out certain trade union activities, which are seen as different from duties. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D31FB5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00A577A5" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00A577A5" w14:paraId="17D31FB5" w14:textId="77777777">
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve">n essence, the law recognises that unions need the participation of their members to operate effectively. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19740E97" w14:textId="202BAD0B" w:rsidR="00DF3D6E" w:rsidRDefault="00A577A5" w:rsidP="00DF3D6E">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00A577A5" w14:paraId="19740E97" w14:textId="202BAD0B">
+      <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve">ctivities might </w:t>
       </w:r>
       <w:r w:rsidR="00675552">
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> attending meetings to discuss internal union business, organising union elections. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1460744D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1460744D" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Members’ attendance at internal union meetings about collective bargaining issues will be classed as "activity" rather than "duty". </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535A5F59" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="535A5F59" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">For reps, the same meetings may be classed as a "duty" because they are directly related to negotiating with the employer. Some rep work will, however, be classed as an "activity" – for example, anything related to internal union organisation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D08CE12" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="006004DB">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="006004DB" w:rsidRDefault="00DF3D6E" w14:paraId="4D08CE12" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc204741276"/>
+      <w:bookmarkStart w:name="_Toc208846448" w:id="56"/>
       <w:r>
         <w:t>Responsibilities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="65D6623A" w14:textId="469A364B" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="65D6623A" w14:textId="469A364B">
       <w:r>
         <w:t>A union rep has to inform the employer when they wish to take paid time off for trade union duties or activities. The procedure normally found in the facilities agreement or in the recognition agreement and should provide clear guidelines on how a rep applies for time off.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C83352B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6C83352B" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Time for training can be declined if there is no cover, but a reasonable request can’t keep being denied. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009B9442" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="009B9442" w14:textId="77777777">
       <w:r>
         <w:t>Reps and employers can sometimes disagree about the interpretation of reasonable. If you are having difficulty getting time off, the first place to check is your workplace facility/recognition agreement or with your full-time officer to see what has happened in the past.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B934F29" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6B934F29" w14:textId="77777777">
       <w:r>
         <w:t>In considering what is reasonable, the following factors will be taken into account:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D50D807" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="0D50D807" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the union’s need to be able to reach all of its members</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717C346B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="717C346B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>provide effective recognition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F3EFB2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="44F3EFB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the size of the organisation and the number of workers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3F5F32" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="5D3F5F32" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the production process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6333F1B4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="6333F1B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the need to maintain a service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACC7FD9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="5ACC7FD9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>the need for safety and security.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72519287" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="006004DB">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="006004DB" w:rsidRDefault="00DF3D6E" w14:paraId="72519287" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc204741277"/>
+      <w:bookmarkStart w:name="_Toc208846449" w:id="57"/>
       <w:r>
         <w:t>Facilities agreements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3E6F380F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="3E6F380F" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">In most areas where Prospect is recognised by the employer, there will be a formal agreement describing the time off and other facilities available to the union and its reps. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC66A65" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4BC66A65" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">The ACAS code recommends this, noting that there can be "positive advantages" for employers and trade unions in establishing agreements which reflect their own situations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15EC8175" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="15EC8175" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">However, the absence of a formal agreement does not mean an individual can be denied their statutory entitlements. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2F1409" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2D2F1409" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">A formal agreement can help to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02206F65" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="02206F65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">provide clear guidelines against which applications for time off can be determined </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315E2C2A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="315E2C2A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">avoid misunderstanding </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D12320" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="04D12320" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">facilitate better planning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663D4143" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="663D4143" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ensure fair and reasonable treatment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FDA1D9" w14:textId="1C8DBA4F" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="56FDA1D9" w14:textId="1C8DBA4F">
       <w:r>
         <w:t xml:space="preserve">An agreement may form part of a more general document covering the union’s recognition status – often called a Recognition and Procedure Agreement – or it may stand alone. The agreement may be </w:t>
       </w:r>
       <w:r w:rsidR="00675552">
         <w:t>longstanding,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and its application may have evolved over time. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B36DAFF" w14:textId="77777777" w:rsidR="00CF045D" w:rsidRDefault="00CF045D">
+    <w:p w:rsidR="00CF045D" w:rsidRDefault="00CF045D" w14:paraId="5B36DAFF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627C4852" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="627C4852" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc204741278"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846450" w:id="58"/>
+      <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="00B814AF">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t>: What are your rights?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="54EF49E7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="54EF49E7" w14:textId="77777777">
       <w:r>
         <w:t>Working together in small groups, look at the following examples and decide what the rep’s rights are, what heading they should come under and where they can check this</w:t>
       </w:r>
       <w:r w:rsidR="00A577A5">
         <w:t>. What other options are there?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF31422" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7AF31422" w14:textId="77777777">
       <w:r>
         <w:t>Put the following under the appropriate heading:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5847CC" w14:textId="77777777" w:rsidR="00F5547E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00F5547E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="5A5847CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>recruiting members</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C7493C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="07C7493C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>balloting for strike action</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03513A66" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="03513A66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>acting as a primary support for a member with mental health issues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3A05FD" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="5E3A05FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>staying vigilant and taking action on health and safety issues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730497D2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="730497D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>representing themselves</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12414D20" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="12414D20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>representing members in disciplinary/grievances</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E388596" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="6E388596" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>attending meetings to discuss internal union business</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0969B7D8" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="0969B7D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>helping a member submit a claim to an employment tribunal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BE7FC2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="37BE7FC2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>keeping an employer informed about any time off for union duties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22380859" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="22380859" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">setting up events and attending stalls in the workplace. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA51420" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="5AA51420" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>organising education opportunities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A01E8A5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="0A01E8A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>sorting out personal differences between colleagues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0646AD54" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="0646AD54" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>advising those who are not members of the union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60742982" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="005A317F">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="005A317F" w:rsidRDefault="00DF3D6E" w14:paraId="60742982" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>keeping members informed of union activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636950B1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="5A4988CA" w14:textId="77777777" w:rsidR="006004DB" w:rsidRDefault="006004DB">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="636950B1" w14:textId="77777777"/>
+    <w:p w:rsidR="006004DB" w:rsidRDefault="006004DB" w14:paraId="5A4988CA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ProspectBectu"/>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4763"/>
         <w:gridCol w:w="4763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A5FC5" w14:paraId="32D7A925" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidR="006A5FC5" w:rsidTr="00C71ACE" w14:paraId="32D7A925" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A341EF9" w14:textId="0E9EFF64" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidR="006A5FC5" w:rsidP="006A5FC5" w:rsidRDefault="006A5FC5" w14:paraId="6A341EF9" w14:textId="0E9EFF64">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Duties</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C953323" w14:textId="49250CAF" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidR="006A5FC5" w:rsidP="006A5FC5" w:rsidRDefault="006A5FC5" w14:paraId="6C953323" w14:textId="49250CAF">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5FC5" w14:paraId="0782CD39" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidR="006A5FC5" w:rsidTr="00C71ACE" w14:paraId="0782CD39" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="6346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1680CBC8" w14:textId="77777777" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidR="003B47F0" w:rsidP="006A5FC5" w:rsidRDefault="003B47F0" w14:paraId="1680CBC8" w14:textId="2EE3EE1E">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66167B3D" w14:textId="77777777" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidR="005449E7" w:rsidP="00285169" w:rsidRDefault="005449E7" w14:paraId="66167B3D" w14:textId="63F9DC75">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5FC5" w14:paraId="341153CA" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidR="006A5FC5" w:rsidTr="00C71ACE" w14:paraId="341153CA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4007B310" w14:textId="031AB0F0" w:rsidR="006A5FC5" w:rsidRPr="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidRPr="006A5FC5" w:rsidR="006A5FC5" w:rsidP="006A5FC5" w:rsidRDefault="006A5FC5" w14:paraId="4007B310" w14:textId="031AB0F0">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5FC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="026D3EDD" w14:textId="3694A152" w:rsidR="006A5FC5" w:rsidRPr="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidRPr="006A5FC5" w:rsidR="006A5FC5" w:rsidP="006A5FC5" w:rsidRDefault="006A5FC5" w14:paraId="026D3EDD" w14:textId="3694A152">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5FC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Not responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5FC5" w14:paraId="357327F6" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidR="006A5FC5" w:rsidTr="00C71ACE" w14:paraId="357327F6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="6362"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C84C5F" w14:textId="77777777" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidR="00065071" w:rsidP="006A5FC5" w:rsidRDefault="00065071" w14:paraId="17C84C5F" w14:textId="18E983B0">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2696C6" w14:textId="77777777" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w:rsidP="006A5FC5">
+          <w:p w:rsidR="00C11995" w:rsidP="006A5FC5" w:rsidRDefault="00C11995" w14:paraId="7A2696C6" w14:textId="080FD5DE">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29D83979" w14:textId="77777777" w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5">
+    <w:p w:rsidR="006A5FC5" w:rsidRDefault="006A5FC5" w14:paraId="29D83979" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F09B46C" w14:textId="5CF122FD" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="6F09B46C" w14:textId="5CF122FD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc204741279"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846451" w:id="59"/>
+      <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="004B2D2A">
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:t>: What would you do if…</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...3 lines deleted...]
-        <w:t>In groups, look at the situations below and decide what course of action could be taken:</w:t>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="625B76BD" w14:textId="432DEDC5">
+      <w:r>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4EEF">
+        <w:t>dividually</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, look at the situations below and decide what course of action could be taken:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ProspectBectu"/>
+        <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
-        <w:tblBorders>
-[...3 lines deleted...]
-        </w:tblBorders>
+        <w:tblBorders/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="79163685" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="79163685" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5A653E5C" w14:textId="3703DA3E" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="00142783" w:rsidP="00450449">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="08C38D0B" w:rsidRDefault="14F87F91" w14:paraId="5A653E5C" w14:textId="404AAC16">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:bCs/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00142783">
+            <w:r w:rsidR="14F87F91">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:bCs/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>A member has approach</w:t>
             </w:r>
             <w:r w:rsidR="005B0381">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:bCs/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
-            <w:r w:rsidRPr="00142783">
+            <w:r w:rsidR="14F87F91">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:bCs/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> you as the rep. In a recent meeting with male colleagues, this female member was asked to take the minutes. As the only female in the meeting, she now feels uncomfortable as it isn’t part of her role, what can she do?</w:t>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you as the rep. In a recent meeting with male colleagues, this female member was asked to take the minutes</w:t>
+            </w:r>
+            <w:r w:rsidR="14F87F91">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="5C535D6F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5C535D6F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">He also referred to her directly as “love” on another </w:t>
+            </w:r>
+            <w:r w:rsidR="54DA15D5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>occasion</w:t>
+            </w:r>
+            <w:r w:rsidR="5C535D6F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="14F87F91">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As the only female in the meeting, she now feels uncomfortable as it </w:t>
+            </w:r>
+            <w:r w:rsidR="14F87F91">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>isn’t</w:t>
+            </w:r>
+            <w:r w:rsidR="14F87F91">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> part of her role, what can she do?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="1B5DA034" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="1B5DA034" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="64368A1E" w14:textId="77777777" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="004B29A3" w:rsidP="004B29A3">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="004B29A3" w14:paraId="64368A1E" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="413FCF7B" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="413FCF7B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0BCC8CBC" w14:textId="77777777" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="004B29A3" w:rsidP="004B29A3">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="004B29A3" w14:paraId="0BCC8CBC" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="56B6FBCB" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="56B6FBCB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5F90F294" w14:textId="77777777" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="004B29A3" w:rsidP="004B29A3">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="004B29A3" w14:paraId="5F90F294" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="7B614599" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="7B614599" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="71D7B5AB" w14:textId="0F7825DD" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="004B29A3" w:rsidP="00450449">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="004B29A3" w14:paraId="71D7B5AB" w14:textId="0F7825DD">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
+              <w:rPr/>
             </w:pPr>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve">A member has approached you because </w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>they</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
-              <w:t xml:space="preserve"> witnessed another member being racially abused by another member of staff. When </w:t>
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
+              <w:t>witnessed</w:t>
+            </w:r>
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
+              <w:t xml:space="preserve"> another member being racially abused by another member of staff. When </w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>they</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve"> complained to </w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>their</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve"> manager, </w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>they</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve"> w</w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>ere</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve"> told nothing could be done as </w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>they</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve"> w</w:t>
             </w:r>
             <w:r w:rsidR="00142783">
+              <w:rPr/>
               <w:t>ere not</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B29A3">
+            <w:r w:rsidR="004B29A3">
+              <w:rPr/>
               <w:t xml:space="preserve"> the one being abused.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="2CEF8CB5" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="2CEF8CB5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="37"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2A4179EF" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="2A4179EF" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="7D18C502" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="7D18C502" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7CF5CF25" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="7CF5CF25" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="667E3634" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="667E3634" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3A4AE69F" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="3A4AE69F" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="01F89C07" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="01F89C07" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="188358F6" w14:textId="67D82FC7" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="00450449" w:rsidP="00450449">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="00450449" w14:paraId="188358F6" w14:textId="67D82FC7">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
+              <w:rPr/>
             </w:pPr>
-            <w:r w:rsidRPr="00450449">
+            <w:r w:rsidR="00450449">
+              <w:rPr/>
               <w:t>A member comes to you as they feel like their privacy is being invaded due to new CCTV being added in their area at work. This is starting to affect their mental health.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="6A615ADB" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="6A615ADB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="121"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5FAC2702" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="5FAC2702" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="4FBFEF2A" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="4FBFEF2A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="33E76950" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="33E76950" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="6A218ED4" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="6A218ED4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1146F494" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="1146F494" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="2694C5E1" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="2694C5E1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4148F2BB" w14:textId="49F9716B" w:rsidR="004B29A3" w:rsidRPr="00450449" w:rsidRDefault="00450449" w:rsidP="00450449">
+          <w:p w:rsidRPr="00450449" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="00450449" w14:paraId="4148F2BB" w14:textId="49F9716B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="57"/>
+                <w:numId w:val="43"/>
               </w:numPr>
+              <w:rPr/>
             </w:pPr>
-            <w:r w:rsidRPr="00450449">
-              <w:t xml:space="preserve">The union has a bad reputation with a group of part time workers who feel they are under-represented as a group. None of the group are in the union.  </w:t>
+            <w:r w:rsidR="00450449">
+              <w:rPr/>
+              <w:t>The union has a bad reputation with a group of part time workers who feel they are under-represented as a group. None of the group are in the union</w:t>
+            </w:r>
+            <w:r w:rsidR="00450449">
+              <w:rPr/>
+              <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="3A4CE775" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="3A4CE775" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="39"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="29443FB6" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="29443FB6" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="5E53F25D" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="5E53F25D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="33585224" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="33585224" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D622A1" w:rsidRPr="004B29A3" w14:paraId="7505F8D9" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidTr="0B944085" w14:paraId="7505F8D9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="524D280A" w14:textId="77777777" w:rsidR="00D622A1" w:rsidRPr="004B29A3" w:rsidRDefault="00D622A1" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="00D622A1" w:rsidP="0B944085" w:rsidRDefault="00D622A1" w14:paraId="524D280A" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="68D40C75" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="68D40C75" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4839B4A5" w14:textId="686DE25F" w:rsidR="004B29A3" w:rsidRPr="00450449" w:rsidRDefault="00450449" w:rsidP="00450449">
+          <w:p w:rsidRPr="00450449" w:rsidR="004B29A3" w:rsidP="0B944085" w:rsidRDefault="00450449" w14:paraId="4839B4A5" w14:textId="686DE25F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="57"/>
+                <w:numId w:val="43"/>
               </w:numPr>
+              <w:rPr/>
             </w:pPr>
-            <w:r w:rsidRPr="00450449">
+            <w:r w:rsidR="00450449">
+              <w:rPr/>
               <w:t xml:space="preserve">A member approaches you as they feel they may be discriminated against. Their boss lives and breathes work and expects the member to do so as well. As a single (marital </w:t>
             </w:r>
             <w:r w:rsidR="005B0381">
+              <w:rPr/>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00450449">
+            <w:r w:rsidR="00450449">
+              <w:rPr/>
               <w:t xml:space="preserve">tatus) employee, the member has noticed the expectation is not as great for those with families. Is there anything they can do? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="4C52EABA" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="4C52EABA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="29EEE1A3" w14:textId="77777777" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="004B29A3" w:rsidP="004B29A3">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="004B29A3" w:rsidRDefault="004B29A3" w14:paraId="29EEE1A3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B29A3" w:rsidRPr="004B29A3" w14:paraId="03660EB0" w14:textId="77777777" w:rsidTr="00450449">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidTr="0B944085" w14:paraId="03660EB0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9776" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="32AF1FDC" w14:textId="77777777" w:rsidR="004B29A3" w:rsidRPr="004B29A3" w:rsidRDefault="004B29A3" w:rsidP="004B29A3">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="004B29A3" w:rsidP="004B29A3" w:rsidRDefault="004B29A3" w14:paraId="32AF1FDC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E8566DF" w14:textId="77777777" w:rsidR="00977C12" w:rsidRDefault="00977C12">
+    <w:p w:rsidRPr="00342CCA" w:rsidR="00DF3D6E" w:rsidP="00E9606A" w:rsidRDefault="00977C12" w14:paraId="28DB2699" w14:textId="6DC467CB">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:kern w:val="32"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846452" w:id="60"/>
+      <w:r w:rsidRPr="00342CCA" w:rsidR="00DF3D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
-      <w:r w:rsidR="005253FF">
+      <w:r w:rsidRPr="00342CCA" w:rsidR="005253FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00342CCA" w:rsidR="00DF3D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>: Ingredients of union influence</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7A648682" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7A648682" w14:textId="77777777">
       <w:r>
         <w:t>In this session, we take a look what gives a union influence in the workplace and how reps can increase that influence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF64A82" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00542F65">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00542F65" w:rsidRDefault="00DF3D6E" w14:paraId="0FF64A82" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc204741281"/>
+      <w:bookmarkStart w:name="_Toc208846453" w:id="61"/>
       <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="004B2D2A">
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:t>: What are the ingredients that increase the union’s influence</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="76950E4D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="76950E4D" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">You will work in groups and be given an ‘ingredient’. Discuss as a group how this ingredient’s presence helps build an effective union on the ground and what happens if it isn’t there. Try to prove why your ingredient is more important than the others. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F529F33" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4F529F33" w14:textId="77777777">
       <w:r>
         <w:t>The ingredients are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB251DA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2FB251DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>membership density</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FAE85E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="66FAE85E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>engaged members</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B145A0" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="42B145A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>visible profile</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C8DF0C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="25C8DF0C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>constructive dialogue</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2621939F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2621939F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>representative membership</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71290071" w14:textId="78D4E1C5" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="71290071" w14:textId="78D4E1C5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>representatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E639A1" w14:textId="06EA034F" w:rsidR="00450449" w:rsidRDefault="00450449" w:rsidP="00450449">
+    <w:p w:rsidR="00450449" w:rsidP="007F6A11" w:rsidRDefault="00450449" w14:paraId="19E639A1" w14:textId="06EA034F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>equality and diversity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04342747" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00952E50">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00952E50" w:rsidRDefault="00DF3D6E" w14:paraId="04342747" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="_Toc204741282"/>
+      <w:bookmarkStart w:name="_Toc208846454" w:id="62"/>
       <w:r>
         <w:t>The virtuous circle</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5FD38BEF" w14:textId="3CB05945" w:rsidR="00952E50" w:rsidRDefault="00BF4646" w:rsidP="00C71ACE">
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w:rsidR="00952E50" w:rsidP="00C71ACE" w:rsidRDefault="00BF4646" w14:paraId="5FD38BEF" w14:textId="3CB05945">
       <w:pPr>
         <w:spacing w:before="300"/>
         <w:ind w:left="-283"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78B11FA2" wp14:editId="53C647C1">
             <wp:extent cx="4719505" cy="4247554"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36">
+                    <a:blip r:embed="rId35">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4719505" cy="4247554"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560921F2" w14:textId="6520E2EC" w:rsidR="005A317F" w:rsidRDefault="00DF3D6E" w:rsidP="007B0C99">
+    <w:p w:rsidR="005A317F" w:rsidP="007B0C99" w:rsidRDefault="00DF3D6E" w14:paraId="560921F2" w14:textId="6520E2EC">
       <w:r>
         <w:t xml:space="preserve">Effective local organisation – meaning reps like you – are at the heart of Prospect’s ability to keep the virtuous circle going. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F97F2A2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00F14F09">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00F14F09" w:rsidRDefault="00DF3D6E" w14:paraId="2F97F2A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc204741283"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846455" w:id="63"/>
+      <w:r>
         <w:t>Local union reps…</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7343F1D0" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="7343F1D0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>are the union’s eyes and ears, picking up issues that matter to members that can be resolved by negotiation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A0A4E9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="10A0A4E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">are the union’s voice in the workplace, getting members involved in new campaigns and keeping them informed about on-going negotiations </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE34B4B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="7DE34B4B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>give the union a positive profile – visible on notice boards, identified with important issues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CC757C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="13CC757C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">grow the union by talking about joining to colleagues who are not yet in Prospect </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C3C5A1" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="25C3C5A1" w14:textId="2C0E8215">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">keep members in touch with the wider union, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00342CCA">
+        <w:t>e.g.</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> by organising meetings and events with visiting speakers from beyond the branch.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62817213" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="62817213" w14:textId="77777777">
       <w:r>
         <w:t>A really important task for everyone involved in Prospect’s activities is to feed members’ views, queries, concerns and ideas back to Prospect – keeping the union in touch with members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0232C6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="3E6290AD" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00EA4DA5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1B0232C6" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00EA4DA5" w:rsidRDefault="00DF3D6E" w14:paraId="3E6290AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc204741284"/>
+      <w:bookmarkStart w:name="_Toc208846456" w:id="64"/>
       <w:r>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
       <w:r w:rsidR="002A03C9">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t>: Why people don’t join a union</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6654FFE8" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6654FFE8" w14:textId="77777777">
       <w:r>
         <w:t>In groups, look at ways to persuade a non-member who has a particular reason for not joining, to join.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EA56EC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="65EA56EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I can look after myself</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A158E4C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="6A158E4C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I get the benefits anyway</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5800EF65" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="5800EF65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I don’t believe in trade unions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36ECE436" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="36ECE436" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I had a problem a year ago and Prospect/Bectu didn’t help</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FBC263" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="38FBC263" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>nobody has asked me to join</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5D107B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2D5D107B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>the union doesn’t do anything</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664E0138" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="664E0138" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I can’t afford it</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5991A692" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="5991A692" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>unions are always going on strike</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B01817" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="43B01817" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the management here looks after us and treats us well </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5598F728" w14:textId="77777777" w:rsidR="00E35A0D" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00E35A0D" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="5598F728" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I don’t want to join.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684E9A56" w14:textId="77777777" w:rsidR="00E35A0D" w:rsidRDefault="00E35A0D">
+    <w:p w:rsidR="00E35A0D" w:rsidRDefault="00E35A0D" w14:paraId="684E9A56" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A83C928" w14:textId="77777777" w:rsidR="00E35A0D" w:rsidRDefault="00E35A0D" w:rsidP="00E35A0D">
+    <w:p w:rsidR="00E35A0D" w:rsidP="00E35A0D" w:rsidRDefault="00E35A0D" w14:paraId="2A83C928" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc204741285"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846457" w:id="65"/>
+      <w:r>
         <w:t>Ten good reasons to join Prospect</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="44AB1E04" w14:textId="1CB7B815" w:rsidR="00CA3340" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00CA3340" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="44AB1E04" w14:textId="1CB7B815">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">Everybody needs a voice at work. With Prospect your voice will be stronger than if you speak alone. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DE7750" w14:textId="076B9120" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="60DE7750" w14:textId="076B9120">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">Workplace cultures and processes can be complex to navigate – you need an independent expert, solely on your side. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51941592" w14:textId="4A5F2630" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="51941592" w14:textId="4A5F2630">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">We will help you develop at work – we offer training, mentoring and other support, giving you skills that will help you take an active role in Prospect and benefit you in your professional life. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390C7641" w14:textId="3F206B51" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="390C7641" w14:textId="3F206B51">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">We are a community of people like you – successful individuals who care about their work. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E216AE4" w14:textId="61F3B48D" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="2E216AE4" w14:textId="61F3B48D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">We give members an advantage – through personal advice, legal and pension expertise. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="530E670C" w14:textId="40E54771" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="530E670C" w14:textId="40E54771">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t>We</w:t>
       </w:r>
       <w:r w:rsidR="00D14653">
         <w:t xml:space="preserve"> support you to </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t>negotiate with, and influence, employers and government</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">to ensure members share in the success they generate. We are politically independent, enabling us to lobby with credibility in all quarters. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A94165E" w14:textId="47DBC221" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="6A94165E" w14:textId="47DBC221">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidR="00D14653">
         <w:t xml:space="preserve">support you in </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t>campaign</w:t>
       </w:r>
       <w:r w:rsidR="00D14653">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve"> for better workplaces and satisfying work </w:t>
       </w:r>
       <w:r w:rsidR="00D14653">
         <w:t xml:space="preserve">and offer </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">collaboration with other organisations gives wider influence. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2AFA46" w14:textId="54B34ED1" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="4E2AFA46" w14:textId="54B34ED1">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t>We make sure you</w:t>
       </w:r>
       <w:r w:rsidR="00D14653">
         <w:t xml:space="preserve"> can keep your</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve"> surroundings healthy and safe</w:t>
       </w:r>
       <w:r w:rsidR="00D14653">
         <w:t xml:space="preserve"> and advise you when they are not</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D03F5F" w14:textId="63E7ED3E" w:rsidR="00E35A0D" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00E35A0D" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="61D03F5F" w14:textId="63E7ED3E">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t xml:space="preserve">We offer benefits and financial services available only to members. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1C0797" w14:textId="23A688A6" w:rsidR="00DF3D6E" w:rsidRPr="00CA3340" w:rsidRDefault="00E35A0D" w:rsidP="00CA3340">
+    <w:p w:rsidRPr="00CA3340" w:rsidR="00DF3D6E" w:rsidP="00CA3340" w:rsidRDefault="00E35A0D" w14:paraId="0D1C0797" w14:textId="23A688A6">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3340">
         <w:t>If the day comes when you have a good case to put to a court or employment tribunal, Prospect will pay your fees. Left on your own, one hour’s advice from a high-street solicitor could easily cost you more than your annual Prospect subscription.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4B5DC3" w14:textId="5A92566A" w:rsidR="00DF3D6E" w:rsidRPr="00D14653" w:rsidRDefault="008871E5" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="008871E5" w14:paraId="6C4B5DC3" w14:textId="5A92566A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:name="_Hlk77934199" w:id="66"/>
       <w:r w:rsidRPr="00D14653">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ever j</w:t>
       </w:r>
-      <w:r w:rsidR="00450449" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="00450449">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>oined a gym?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628D749D" w14:textId="77777777" w:rsidR="00D14653" w:rsidRDefault="00450449" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00D14653" w:rsidP="00DF3D6E" w:rsidRDefault="00450449" w14:paraId="628D749D" w14:textId="77777777">
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve">How many of us join a gym at the start of a </w:t>
       </w:r>
-      <w:r w:rsidR="005B0381" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="005B0381">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve">ew </w:t>
       </w:r>
-      <w:r w:rsidR="005B0381" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="005B0381">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve">ear in the hope of losing those few extra pounds gained with Christmas indulgence? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD9A9F8" w14:textId="4421DFA4" w:rsidR="00450449" w:rsidRPr="00D14653" w:rsidRDefault="00450449" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00450449" w:rsidP="00DF3D6E" w:rsidRDefault="00450449" w14:paraId="2FD9A9F8" w14:textId="4421DFA4">
       <w:r w:rsidRPr="00D14653">
         <w:t>How many of us see the money going out of our account each month and yet still don’t go to the gym?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75915DB3" w14:textId="4DAA10F4" w:rsidR="00450449" w:rsidRPr="00D14653" w:rsidRDefault="00450449" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00450449" w:rsidP="00DF3D6E" w:rsidRDefault="00450449" w14:paraId="75915DB3" w14:textId="4DAA10F4">
       <w:r w:rsidRPr="00D14653">
         <w:t>We all know to get the most out of any gym membership, you pay your money and go at least 3 times a week to start to see a real difference. If we don’t go, we can</w:t>
       </w:r>
-      <w:r w:rsidR="008871E5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="008871E5">
         <w:t>’t</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve"> blame the gym for </w:t>
       </w:r>
-      <w:r w:rsidR="008871E5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="008871E5">
         <w:t>why we’re</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve"> not getting fit, we have to take some responsibility</w:t>
       </w:r>
-      <w:r w:rsidR="008871E5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="008871E5">
         <w:t xml:space="preserve"> ourselves</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B070EE" w14:textId="77777777" w:rsidR="00D14653" w:rsidRPr="00D14653" w:rsidRDefault="00450449" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00D14653" w:rsidP="00DF3D6E" w:rsidRDefault="00450449" w14:paraId="07B070EE" w14:textId="77777777">
       <w:r w:rsidRPr="00D14653">
         <w:t>Join</w:t>
       </w:r>
-      <w:r w:rsidR="00116FF5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="00116FF5">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve"> a union is the same, </w:t>
       </w:r>
-      <w:r w:rsidR="00116FF5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="00116FF5">
         <w:t>to get the most out of the union membership – you need to be an active member.</w:t>
       </w:r>
-      <w:r w:rsidR="008871E5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="008871E5">
         <w:t xml:space="preserve"> Often members will blame the union for why an issue hasn’t been resolved but often don’t offer suggestions of how it could be resolved or realise they are part of the union they are blaming and therefore need to take some responsibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E9B672" w14:textId="08530694" w:rsidR="00116FF5" w:rsidRPr="00D14653" w:rsidRDefault="00B36B1A" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00116FF5" w:rsidP="00DF3D6E" w:rsidRDefault="00B36B1A" w14:paraId="04E9B672" w14:textId="08530694">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Five</w:t>
       </w:r>
-      <w:r w:rsidR="00116FF5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="00116FF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> key</w:t>
       </w:r>
-      <w:r w:rsidR="008871E5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="008871E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> points</w:t>
       </w:r>
-      <w:r w:rsidR="00116FF5" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="00116FF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> to successful membership. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618E34E3" w14:textId="2B39CE27" w:rsidR="00450449" w:rsidRPr="00D14653" w:rsidRDefault="00116FF5" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00450449" w:rsidP="00DF3D6E" w:rsidRDefault="00116FF5" w14:paraId="618E34E3" w14:textId="2B39CE27">
       <w:r w:rsidRPr="00D14653">
         <w:t>1. Attend meetings as regularly as you can or send a spokesperson if you can’t attend.</w:t>
       </w:r>
-      <w:r w:rsidR="00450449" w:rsidRPr="00D14653">
+      <w:r w:rsidRPr="00D14653" w:rsidR="00450449">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8B91CB" w14:textId="390EBD8A" w:rsidR="00116FF5" w:rsidRPr="00D14653" w:rsidRDefault="00116FF5" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00116FF5" w:rsidP="00DF3D6E" w:rsidRDefault="00116FF5" w14:paraId="7F8B91CB" w14:textId="390EBD8A">
       <w:r w:rsidRPr="00D14653">
         <w:t>2. Raise issues with your branch, we often assume that the branch will know what is happening but how will they if no one tells them – always raise an issue even if it isn’t urgent, it should be part of the branch’s agenda and action should be created from it</w:t>
       </w:r>
       <w:r w:rsidR="00B36B1A">
         <w:t xml:space="preserve"> to help you resolve it</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14653">
         <w:t>. Communication is a two-way street.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6F487D" w14:textId="1B750EA7" w:rsidR="00116FF5" w:rsidRPr="00D14653" w:rsidRDefault="00116FF5" w:rsidP="00DF3D6E">
-[...12 lines deleted...]
-    <w:p w14:paraId="74BFD2FD" w14:textId="0166AF86" w:rsidR="00116FF5" w:rsidRPr="00D14653" w:rsidRDefault="00116FF5" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00D14653" w:rsidR="00116FF5" w:rsidP="00DF3D6E" w:rsidRDefault="00116FF5" w14:paraId="0C6F487D" w14:textId="002674FA">
+      <w:r>
+        <w:t xml:space="preserve">3. Sign up for the benefits via the website and amend your communication preferences. Did you know, a good proportion of new members never sign up to the website and so are missing out on many </w:t>
+      </w:r>
+      <w:r w:rsidR="168DFF15">
+        <w:t>cost-effective</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> savings. Also, many members get a fed up of being overloaded with emails often not with any relevance to the work they do or the union interests they have. Member can amend their own settings as soon as they sign into the website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D14653" w:rsidR="00116FF5" w:rsidP="00DF3D6E" w:rsidRDefault="00116FF5" w14:paraId="74BFD2FD" w14:textId="0166AF86">
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve">4. If you feel unhappy with the union or have a problem, let us know. We want to improve how our members see us and so let us know what we do right, but also what we do wrong. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702AE499" w14:textId="74301396" w:rsidR="00181453" w:rsidRPr="00B36B1A" w:rsidRDefault="00116FF5" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00B36B1A" w:rsidR="00181453" w:rsidP="00DF3D6E" w:rsidRDefault="00116FF5" w14:paraId="702AE499" w14:textId="74301396">
       <w:r w:rsidRPr="00D14653">
         <w:t xml:space="preserve">5. If you leave your workplace and join another similar workplace, the chances are you can transfer your union membership rather than leaving and re-joining. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2258F0E3" w14:textId="77777777" w:rsidR="00A577A5" w:rsidRDefault="00A577A5">
+    <w:p w:rsidR="00A577A5" w:rsidRDefault="00A577A5" w14:paraId="2258F0E3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="491DEF6F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="491DEF6F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc204741286"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846458" w:id="67"/>
+      <w:bookmarkStart w:name="_Hlk77934284" w:id="68"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="005253FF">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>: Building a stronger union</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1C774D4B" w14:textId="03E38DF1" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1C774D4B" w14:textId="03E38DF1">
       <w:r>
         <w:t xml:space="preserve">In this session, we look at how you think your branch is at this moment. Do you think it has the right approach and where you would like it </w:t>
       </w:r>
       <w:r w:rsidR="00675552">
         <w:t>to go</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the future?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32213680" w14:textId="0FE8652E" w:rsidR="00FD41B1" w:rsidRDefault="00FD41B1" w:rsidP="00FD41B1">
+    <w:p w:rsidR="00421A75" w:rsidP="00DF3D6E" w:rsidRDefault="00421A75" w14:paraId="195339F8" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00181453" w:rsidR="00DF3D6E" w:rsidP="007E20B7" w:rsidRDefault="00DF3D6E" w14:paraId="6181D8DB" w14:textId="530CA262">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc204741287"/>
-[...358 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:name="_Toc208846459" w:id="69"/>
       <w:r w:rsidRPr="00181453">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Activity </w:t>
       </w:r>
-      <w:r w:rsidR="00A10C1B" w:rsidRPr="00181453">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00181453" w:rsidR="00A10C1B">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00181453">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>: How well organised is your workplace?</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4D69239F" w14:textId="5F3F23FE" w:rsidR="00DF3D6E" w:rsidRDefault="00181453" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00181453" w14:paraId="4D69239F" w14:textId="5F3F23FE">
       <w:r>
         <w:t>Following on from the answers you gave in the</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> questionnaire</w:t>
       </w:r>
       <w:r w:rsidR="00914EF9">
         <w:t xml:space="preserve"> on page 15</w:t>
       </w:r>
       <w:r>
         <w:t>, reflect and see how you can apply the following</w:t>
       </w:r>
       <w:r w:rsidR="00914EF9">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
-        <w:t xml:space="preserve"> think about the </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> think about the following;</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ProspectBectu"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="0C1B4BB1" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="0C1B4BB1" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3D84C6" w14:textId="14A353E8" w:rsidR="002A7AB0" w:rsidRPr="002A7AB0" w:rsidRDefault="002A7AB0" w:rsidP="002A7AB0">
+          <w:p w:rsidRPr="002A7AB0" w:rsidR="002A7AB0" w:rsidP="007F6A11" w:rsidRDefault="002A7AB0" w14:paraId="0D3D84C6" w14:textId="14A353E8">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="55"/>
+                <w:numId w:val="10"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7AB0">
               <w:t>On a scale of 1-10, how well organised would you say your workplace is?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="682036CA" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="682036CA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E337BC7" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="003223B6" w:rsidRDefault="002A7AB0" w14:paraId="0E337BC7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="5C1B68DC" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="5C1B68DC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F04897E" w14:textId="6440CBBC" w:rsidR="002A7AB0" w:rsidRPr="002A7AB0" w:rsidRDefault="008871E5" w:rsidP="002A7AB0">
+          <w:p w:rsidRPr="002A7AB0" w:rsidR="002A7AB0" w:rsidP="002A7AB0" w:rsidRDefault="008871E5" w14:paraId="2F04897E" w14:textId="6440CBBC">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Do you know who you are representing</w:t>
             </w:r>
-            <w:r w:rsidR="002A7AB0" w:rsidRPr="002A7AB0">
+            <w:r w:rsidRPr="002A7AB0" w:rsidR="002A7AB0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (tick all applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="6E5251CD" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="6E5251CD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2292A1B5" w14:textId="7762546C" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="008871E5" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="003223B6" w:rsidRDefault="008871E5" w14:paraId="2292A1B5" w14:textId="7762546C">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
               <w:t>Workplace, area, grades, teams, sections, sub-sections, offices, departments, other (please state)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="487CC9FA" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="487CC9FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67191663" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="003223B6">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="003223B6" w:rsidRDefault="002A7AB0" w14:paraId="67191663" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="394A5588" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="394A5588" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="183E4898" w14:textId="5A448684" w:rsidR="002A7AB0" w:rsidRDefault="008D710D" w:rsidP="00F90F2F">
+          <w:p w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="008D710D" w14:paraId="183E4898" w14:textId="5A448684">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Utilising</w:t>
             </w:r>
             <w:r w:rsidR="008871E5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> the above information, how might </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>this change your following answers</w:t>
             </w:r>
-            <w:r w:rsidR="00F90F2F" w:rsidRPr="00F90F2F">
+            <w:r w:rsidRPr="00F90F2F" w:rsidR="00F90F2F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CEBB34D" w14:textId="36F247E5" w:rsidR="00F90F2F" w:rsidRPr="00F90F2F" w:rsidRDefault="00F90F2F" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="00F90F2F" w:rsidR="00F90F2F" w:rsidP="00F90F2F" w:rsidRDefault="00F90F2F" w14:paraId="3CEBB34D" w14:textId="36F247E5">
             <w:pPr>
               <w:pStyle w:val="Normalnumberedparas"/>
             </w:pPr>
             <w:r>
               <w:t>Building membership</w:t>
             </w:r>
             <w:r w:rsidR="008D710D">
               <w:t xml:space="preserve"> (1-10 scale</w:t>
             </w:r>
             <w:r w:rsidR="00B36B1A">
               <w:t>, where is your membership at now</w:t>
             </w:r>
             <w:r w:rsidR="008D710D">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="2D30813D" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="2D30813D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73C023F6" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="002A7AB0" w14:paraId="73C023F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="539EC5A2" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="539EC5A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D3E21AC" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="002A7AB0" w14:paraId="7D3E21AC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="576EC317" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="576EC317" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D10C553" w14:textId="77529B74" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="00F90F2F" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="00F90F2F" w14:paraId="0D10C553" w14:textId="77529B74">
             <w:r>
               <w:t>Communicating with members</w:t>
             </w:r>
             <w:r w:rsidR="008D710D">
               <w:t xml:space="preserve"> (1-10 scale</w:t>
             </w:r>
             <w:r w:rsidR="00B36B1A">
               <w:t>, where is your communication at now</w:t>
             </w:r>
             <w:r w:rsidR="008D710D">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="4350112F" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="4350112F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F3F1D33" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="002A7AB0" w14:paraId="4F3F1D33" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="7C1474A8" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="7C1474A8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60140BC5" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="002A7AB0" w14:paraId="60140BC5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="32CE4E22" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="32CE4E22" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37CC470B" w14:textId="391EAF01" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="00F90F2F" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="00F90F2F" w14:paraId="37CC470B" w14:textId="391EAF01">
             <w:r>
               <w:t>Getting members active</w:t>
             </w:r>
-            <w:r w:rsidR="002A7AB0" w:rsidRPr="004B29A3">
+            <w:r w:rsidRPr="004B29A3" w:rsidR="002A7AB0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008D710D">
               <w:t>(1-10 scale</w:t>
             </w:r>
             <w:r w:rsidR="00FC14D5">
               <w:t>, how active are the members now</w:t>
             </w:r>
             <w:r w:rsidR="008D710D">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="4F853DF1" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="4F853DF1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A53E502" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="002A7AB0" w14:paraId="0A53E502" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w14:paraId="0F49E41E" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidTr="00C71ACE" w14:paraId="0F49E41E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45A61394" w14:textId="77777777" w:rsidR="002A7AB0" w:rsidRPr="004B29A3" w:rsidRDefault="002A7AB0" w:rsidP="00F90F2F">
+          <w:p w:rsidRPr="004B29A3" w:rsidR="002A7AB0" w:rsidP="00F90F2F" w:rsidRDefault="002A7AB0" w14:paraId="45A61394" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EA24986" w14:textId="77777777" w:rsidR="008D710D" w:rsidRDefault="008D710D" w:rsidP="00E40771">
+    <w:p w:rsidR="008D710D" w:rsidP="00E40771" w:rsidRDefault="008D710D" w14:paraId="3EA24986" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="673C573C" w14:textId="5079DEA7" w:rsidR="008D710D" w:rsidRPr="00FC14D5" w:rsidRDefault="008871E5" w:rsidP="00FC14D5">
+    <w:bookmarkEnd w:id="68"/>
+    <w:p w:rsidRPr="00FC14D5" w:rsidR="008D710D" w:rsidP="00FC14D5" w:rsidRDefault="008871E5" w14:paraId="673C573C" w14:textId="5079DEA7">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621116E3" w14:textId="77777777" w:rsidR="00FC14D5" w:rsidRDefault="00FC14D5">
+    <w:p w:rsidR="00FC14D5" w:rsidRDefault="00FC14D5" w14:paraId="621116E3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D432BF6" w14:textId="6E5F88D4" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00E40771">
+    <w:p w:rsidR="00FA3CB9" w:rsidP="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="1B020C91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Toc204741288"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="008D710D">
+      <w:bookmarkStart w:name="_Toc62051457" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc62207570" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc208846460" w:id="72"/>
+      <w:bookmarkStart w:name="_Hlk124766504" w:id="73"/>
+      <w:r>
+        <w:t xml:space="preserve">Activity L: </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:t>Charting the workplace</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="0C62B6E5" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In this session we will consider how you might organise your union. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008D710D">
+      </w:pPr>
+      <w:r w:rsidRPr="002C3C9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>First of all</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008D710D">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> you need to work out who to talk to. Having a conversation with colleagues about the union can be straightforward and will work better the more you try it.</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3C9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> is to build on the organisation of you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Mapping your workplace is an organizing and recruitment tool. The tutor will talk about ways that workplace mapping can take place. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3C9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>It is always important to be mindful of GDPR when making lists of members/non-members.</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> branch/section. This could include engaging with members, recruiting no</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3C9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>You will need to start to build a map of your workplace</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">-members, and identifying potential activists. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (based on the workplace example below)</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">It’s worth remembering one of the reasons non-members haven’t joined a union is because no one has asked them. (Link on Prospect website below) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="420F1BA0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>. Think about:</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId36">
+        <w:r w:rsidRPr="00FF0848">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>https://prospect.org.uk/news/12-reasons-not-to-join-a-trade-union-and-why-theyre-wrong</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="58A397F3" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D710D">
+      <w:r w:rsidRPr="003F57B2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Who your colleagues are.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>The management in your workplace have put forward some proposed changes for consultatio</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D710D">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F57B2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>How the organisation is structured – HQ and regional offices</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D710D">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F57B2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>How the workplace is structured – physical departments/buildings/floors</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D710D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F57B2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>What are the working patterns – full or part time/shiftwork/rotas?</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> as the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D710D">
+        <w:t xml:space="preserve"> union</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F57B2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>What teams work together – teams may work across departments?</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> rep. You have circulated an email to members asking for their views/feedback. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D710D">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F57B2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Where do people sociali</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC14D5">
+        <w:t>he chart below details each member and their response. Using this information, devise a strategy to organise the members of each department and effectively feedback to management</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008D710D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003F57B2" w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="1709226B" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>e/eat/take breaks?</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="28AAD3EE" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Consider the following points.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="547A0DE1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>give every staff member a score between one and fi</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="6864852F" w14:textId="1A8A8B41" w:rsidR="00DF3D6E" w:rsidRDefault="00A80E0F" w:rsidP="00A80E0F">
+        <w:t>How can the branch co-ordinate dialogue between the various departments?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="6973549E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>How can the branch use this consultation for recruitment?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029044B" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="0882101D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>What message do the branch want to communicate to the management?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="0029044B" w:rsidRDefault="0029044B" w14:paraId="4B2F7C34" w14:textId="7BD5F97E">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="360"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="735643FF" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+        <w:ind w:left="340" w:hanging="340"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="77BCB5E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>draw a map of this workplace showing the sections and a summary of the number of members vs non-members.</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="519E6732" w14:textId="77777777" w:rsidR="00504E17" w:rsidRDefault="00504E17" w:rsidP="00DF3D6E"/>
+        <w:t>The Management are proposing the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="1D9B1EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Those departments (Admin, Sales and Research) currently working on a rota of 3 days in the office and 2 days working from home, return to the office full time, like other departments. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="62F4E93A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The Operations department are currently working on a 24-hour rolling shift pattern of 12 hours per shift 2 days on 3 days off, to the new proposed shift pattern of 8 hour shifts 6 days on 4 days off.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="68A4451D" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ProspectBectu"/>
-        <w:tblW w:w="9435" w:type="dxa"/>
+        <w:tblW w:w="8392" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1021"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1453"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="001B31C5" w14:paraId="661D37DF" w14:textId="7C2E7548" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="14AD2E73" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="25"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E9BF08" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="001B31C5" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="00FC4AB9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B31C5">
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="565275E3" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="001B31C5" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="69CB3EDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B31C5">
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34817974" w14:textId="47202D7F" w:rsidR="00A80E0F" w:rsidRPr="001B31C5" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3537DC89" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B31C5">
-              <w:t xml:space="preserve">Rating 1-5 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Rep</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="626C217B" w14:textId="6CE1BB35" w:rsidR="00A80E0F" w:rsidRPr="001B31C5" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3B144BD0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Are they a member</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Department</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="07F758C7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="52DBBAFB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Fred</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D564405" w14:textId="2AD7D1D9" w:rsidR="00A80E0F" w:rsidRPr="001B31C5" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="52A11AC8" w14:textId="77777777">
             <w:pPr>
+              <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Department</w:t>
-[...14 lines deleted...]
-              <w:t>Fred</w:t>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">omplains that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>the proposed new shift pattern will lead to fatigue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="237C5EE4" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="098D3E34" w14:textId="77777777">
             <w:pPr>
-              <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Operations team, member, complains that he has to stay beyond his finishing time. Works full time.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75511B27" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0A9818AD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="30053F5C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3715790D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Martha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="4DD1A863" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ants to know </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if there will be a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pay offer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>if we go over to the new shift pattern</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7F35AE6F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="4971DBAC" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="63D566A3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="545C7926" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Joanne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7AA080A4" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Is worried that changing the shift pattern seriously effects their childcare provision, may look for another job</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7A740B9C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56486224" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="50EE5F93" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="6C73A77B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0CCF6C0F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Rose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0C71440F" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Does not want to change shift pattern</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="704CA74C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62EAFAB1" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="47BB031F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="78AC3FE1" w14:textId="6BA04A6A" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="698A45C6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B4ACD7" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2BED171D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Martha</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Paresh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E57AED7" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="419C9012" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Sales team, non-member- very reluctantly took the recruitment pack off you. Works part-time and said that she is only here a few hours a week and so doesn’t need to join a union.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>I w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>ork part</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>, I am not sure how it affects me?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54DB35D0" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2E4FE8E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7555A878" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="4AA65150" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="58C5D24D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="78A3A35B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sue </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="38BEBF83" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>I work part-time, I don’t want any change, may have to look for another job</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="08C5DC56" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F53B6D8" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="29A27741" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="4B4A8994" w14:textId="499A83DD" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="41188032" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="031B9A58" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3821BE12" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Joanne</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Rita</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54FCE255" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="01859A2D" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Operations team, member, wants to know how the recruitment campaign was going and what the pay offer is going to be this year. Full time.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> concerned about the amount of work she must do </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>already and thinks it will get worse with the changes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0483B1D9" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7D785775" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="418A96CA" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0CC01CAB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="74EE88E6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="63FAE138" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jasmin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2A9F0021" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Does not understand what the proposed changes will mean.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="30D4C336" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C197D1" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="6D51C48F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Operations</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="46FDE13A" w14:textId="68EA014B" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="2B150C79" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="058CD201" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7E06CF92" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Rose</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Bob</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06611EAC" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="66560328" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Sales team, member, said she always tries to get her colleagues to join up. Works full time.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Wants to put forward that the department would work better working 3 days at home and 2 in the office, as the noise is distracting in the office.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56E269B3" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0CC3FDC3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="55EAC85A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="0F22D270" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="618C4763" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Bill</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="5D9B7B1A" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Happy to go to the office full time as finds it hard to work from home.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="30CE81FE" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130F4C8D" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7D5DB62D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="0182672D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="45EFD05A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Hillary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="1C18F958" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Our department has to go into the office full time so think other departments should go in as well. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="052266FC" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74408850" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="13D58600" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Finance</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="7E896D95" w14:textId="6ABA5EBE" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="57B3ADB8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B648D0" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="02BCCD2B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Paresh</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ben </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301405C4" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2017975B" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Sales team, non-member, though said he would read through recruitment pack and think about it. Works part time.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Did not reply to the email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2DFE82" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="44164DE4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7424BC62" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="26B70E7E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Finance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="7B231F2A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="231C63A8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Wilma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="1327E885" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Works part time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and wants to continue with working some days from home.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="7D0FEA8A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD19EA1" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="66A5A11F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Admin</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="059A5F5D" w14:textId="26BF46C7" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="631961B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="793DDB58" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0D6F8699" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Sue </w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Margaret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5514C6AA" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0A8B4446" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Operations team, non-member says that union is only interested in looking after the men in her department and refused to take a pack.</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Works part time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>, wants to keep the 2 days working from home</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19163FCD" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="1BC6D6BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="36292266" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Admin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="3351E1F9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="5FC5BDCF" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Ruth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="400F875D" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Did not reply to the email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2EC8DA78" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A72D4B" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="6A7205B5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Admin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="78CDAE88" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="6756D28A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Val </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="08D7E41C" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>How can we stop going back full time into the office?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="5D56AFD5" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130B144A" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="61A457EB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sales</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="148AC5E6" w14:textId="2B16261D" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="489E754D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4915A1" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="05AD8149" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Rita</w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Anne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24CF86B9" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="6C4573F5" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Technician, member but thinking about dropping out. She is concerned about the amount of work she has to do and thinks that the union does not do enough. Works full time on various shifts.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Want to keep to the flexible system</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48703AC0" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3F7E5ED0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38294B06" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="6E081F1C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="65CF0302" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0206D5D5" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Chris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="5B45EB19" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Did not reply to the email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="24590A0F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC0E81A" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="06E3A21E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sales</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="5DA708F9" w14:textId="0294DE74" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="1A723E94" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD6BC7B" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="51B340B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t xml:space="preserve">Jasmin </w:t>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Javed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B098FCE" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00F167D8">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="64C66FEA" w14:textId="77777777">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="0"/>
-              <w:ind w:left="30" w:hanging="30"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00504E17">
-              <w:t>Operations team, member – thinks it is shocking that everyone else in operations is not a member. Works full time.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Not happy with proposed changes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DE9281" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2BC05022" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBC9500" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0BCEDFF4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidTr="00E55014" w14:paraId="7C3C1F72" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2BD76A51" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003108A2">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Julie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="021661E6" w14:textId="77777777">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Would like a branch meeting to discuss the proposal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2FB65812" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2426B3AD" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
+          <w:p w:rsidRPr="003108A2" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="015D8822" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sales</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="2FF21F9A" w14:textId="7BC7BBC7" w:rsidTr="00F167D8">
+    </w:tbl>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="298F40DE" w14:textId="77777777"/>
+    <w:p w:rsidR="00FA3CB9" w:rsidP="5F09BD58" w:rsidRDefault="00FA3CB9" w14:paraId="743953AB" w14:textId="53F10656">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F09BD58" w:rsidR="00FA3CB9">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1501"/>
+        <w:gridCol w:w="1210"/>
+        <w:gridCol w:w="1043"/>
+        <w:gridCol w:w="1067"/>
+        <w:gridCol w:w="1076"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidTr="5F09BD58" w14:paraId="223481E9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6C101571" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="564BC9B8" w14:textId="77777777">
             <w:r w:rsidRPr="00504E17">
-              <w:t>Bob</w:t>
+              <w:t>Work area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="401379DA" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="348688C3" w14:textId="77777777">
             <w:r w:rsidRPr="00504E17">
-              <w:t xml:space="preserve">Operations </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> member says that union is doing a good job and has no problems. Full time.</w:t>
+              <w:t>Members</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2839706A" w14:textId="77777777">
+            <w:r>
+              <w:t>in Dept</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1043" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="463665F4" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3E9A689A" w14:textId="77777777">
+            <w:r>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="44ABAA78" w14:textId="77777777">
+            <w:r>
+              <w:t>in dept</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0E388A1F" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="08B7A539" w14:textId="77777777">
+            <w:r>
+              <w:t>Reps</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="387BC086" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="084A3734" w14:textId="77777777">
+            <w:r>
+              <w:t>Density (% or fraction)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="4F798069" w14:textId="7E9598A3" w:rsidTr="00F167D8">
+      <w:tr w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidTr="5F09BD58" w14:paraId="0A45C5C2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="76B3283D" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...4 lines deleted...]
-              <w:t>Bill</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="53688E14" w14:textId="77777777">
+            <w:r>
+              <w:t>Operations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="6D1F6536" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="687AC18D" w14:textId="77777777">
+            <w:r>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="1043" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="521BAF6F" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...5 lines deleted...]
-              <w:t>Technician. Non-member but took a pack and said he had thought about joining. Works full time on various shifts.</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="48601EA8" w14:textId="77777777">
+            <w:r>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0B261828" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2A84E41B" w14:textId="77777777">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="63678F57" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="472FA7D1" w14:textId="77777777">
+            <w:r>
+              <w:t>8/20 or 40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidTr="5F09BD58" w14:paraId="760AF1F0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="756"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="31C06C3C" w14:textId="77777777">
+            <w:r>
+              <w:t>Research</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3E04FB96" w14:textId="77777777"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="60346F66" w14:textId="77777777">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1043" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4C0D9BC0" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...16 lines deleted...]
-              <w:t>Hillary</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="56A287F3" w14:textId="77777777">
+            <w:r>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4D27EFC0" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...5 lines deleted...]
-              <w:t>Sales team, non-member only just started but took a recruitment pack and wanted to know about free will service. Works part time.</w:t>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="344664B2" w14:textId="77777777">
+            <w:r>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="10258A46" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0B91DE54" w14:textId="77777777">
+            <w:r>
+              <w:t>2/10 or 20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA3CB9" w:rsidTr="5F09BD58" w14:paraId="2CF45C11" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="1CF07196" w14:textId="77777777">
+            <w:r>
+              <w:t>Finance</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7D269477" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="4F424276" w14:textId="77777777">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1043" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="100AD0BC" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Ben </w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="3BFC80D5" w14:textId="77777777">
+            <w:r>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3F876D0F" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...5 lines deleted...]
-              <w:t>Sales team, non-member. Took a recruitment pack but did not say much. Works full time.</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="60E74EA8" w14:textId="77777777">
+            <w:r>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="496FA3D4" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="24C176B9" w14:textId="77777777">
+            <w:r>
+              <w:t>2/4 or 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA3CB9" w:rsidTr="5F09BD58" w14:paraId="5815A72B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="992"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="357CCF3E" w14:textId="77777777">
+            <w:r>
+              <w:t>Admin</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="301EAFDF" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="102759EA" w14:textId="77777777">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1043" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4F7281DC" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...16 lines deleted...]
-              <w:t>Wilma</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="50B1180F" w14:textId="77777777">
+            <w:r>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="771B0FE9" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Technician member says the department is understaffed and she has to work a lot of overtime. Works part time. </w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="34F4DE2D" w14:textId="77777777">
+            <w:r>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="643E44E5" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="30FC3F50" w14:textId="77777777">
+            <w:r>
+              <w:t>3/4 or 75%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA3CB9" w:rsidTr="5F09BD58" w14:paraId="63BD3930" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="51BB04EC" w14:textId="77777777">
+            <w:r>
+              <w:t>Sales</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1150" w:type="dxa"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="55E65FD4" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00504E17" w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="0EB8A595" w14:textId="77777777">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1043" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6F7DD195" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...16 lines deleted...]
-              <w:t>Margaret</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="5CB5026B" w14:textId="77777777">
+            <w:r>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4809" w:type="dxa"/>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1CDA191A" w14:textId="4596D96E" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...17 lines deleted...]
-              <w:t>as not joined as no-one has asked her. She is not sure if she will join as she has got this far without joining. Works part time.</w:t>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="272AB30A" w14:textId="77777777">
+            <w:r>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7601B663" w14:textId="77777777" w:rsidR="00A80E0F" w:rsidRPr="00504E17" w:rsidRDefault="00A80E0F" w:rsidP="00675552">
-[...22 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00FA3CB9" w:rsidP="00E55014" w:rsidRDefault="00FA3CB9" w14:paraId="2C235D40" w14:textId="77777777">
+            <w:r>
+              <w:t>5/5 or 100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A80E0F" w:rsidRPr="00504E17" w14:paraId="737B211E" w14:textId="656017D7" w:rsidTr="00F167D8">
-[...360 lines deleted...]
-      </w:tr>
+      <w:bookmarkEnd w:id="73"/>
     </w:tbl>
-    <w:p w14:paraId="1D47CAF0" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00FA3CB9" w:rsidRDefault="00FA3CB9" w14:paraId="33A1E09D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...407 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F543001" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="1F543001" w14:textId="0A2E7742">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc204741289"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846461" w:id="74"/>
+      <w:r>
         <w:t>Identifying potential activists</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7BC2655F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7BC2655F" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Union reps should always look out for members who take an interest in informal discussions and ask them to do some small task to help the union. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB7EF3F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6BB7EF3F" w14:textId="77777777">
       <w:r>
         <w:t>Those most likely to stand out are those who:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A62448B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="0A62448B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>are respected, trusted and liked by other workers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EC3753" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="76EC3753" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>have challenged management and shown good judgement about when to do so</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F135925" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="5F135925" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>have a good work record</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044FD329" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="044FD329" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>organise social events</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056482E5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="056482E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>are involved in outside community organisations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFE4B1A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="7BFE4B1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>speak up at meetings and show common sense</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65942253" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="65942253" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>have benefitted from the union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF5A9FB" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="7EF5A9FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>have shown commitment to others and not just themselves</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31870E9A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="31870E9A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>have perhaps had involvement in a union elsewhere</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2547ECB5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2547ECB5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>other workers turn to them for support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5350AF86" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="5350AF86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>have a special skill, such as a different language or computer design skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596A845D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="596A845D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>are self-motivated</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6664D812" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="6664D812" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>are representative of their fellow workers in terms of gender, age or race.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C22725" w14:textId="77777777" w:rsidR="00A577A5" w:rsidRDefault="00A577A5" w:rsidP="00A577A5">
+    <w:p w:rsidR="00A577A5" w:rsidP="00A577A5" w:rsidRDefault="00A577A5" w14:paraId="45C22725" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="446492E7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00A577A5">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00A577A5" w:rsidRDefault="00DF3D6E" w14:paraId="446492E7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc204741290"/>
+      <w:bookmarkStart w:name="_Toc208846462" w:id="75"/>
       <w:r>
         <w:t>How members can help</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6164874D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6164874D" w14:textId="77777777">
       <w:r>
         <w:t>There are many jobs that reps could ask members to do to spread the workload and get members actively involved. Here are a few examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A77793" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="68A77793" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>distribute union literature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA3441A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="7BA3441A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>keep the noticeboard up to date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41788365" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="41788365" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>provide information on where they work for the workplace map</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47558D89" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="47558D89" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>ask friends what they think or feel about an issue</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3823A46D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="3823A46D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>tell people what the union is doing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A67B367" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="4A67B367" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>get colleagues to complete a survey or petition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075A4D0A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="075A4D0A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>ask others to join the union</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4A2B36" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2E4A2B36" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>bring a friend to a meeting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E688165" w14:textId="77777777" w:rsidR="00A577A5" w:rsidRDefault="00A577A5" w:rsidP="00DF3D6E"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="249A5D00" w14:textId="77777777" w:rsidR="00A577A5" w:rsidRDefault="00A577A5">
+    <w:p w:rsidR="00A577A5" w:rsidP="00DF3D6E" w:rsidRDefault="00A577A5" w14:paraId="6E688165" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="4B894BB3" w:rsidRDefault="00DF3D6E" w14:paraId="339635CA" w14:textId="686D7C06"/>
+    <w:p w:rsidR="00A577A5" w:rsidRDefault="00A577A5" w14:paraId="249A5D00" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A94C363" w14:textId="5E5B9630" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+    <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="3A94C363" w14:textId="5E5B9630">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A9DA42C" wp14:editId="47360910">
             <wp:extent cx="1113664" cy="558800"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 7"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId37" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -18214,140 +18711,140 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1166055" cy="580967"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4886DFD9" w14:textId="668A7524" w:rsidR="00ED6330" w:rsidRPr="00ED6330" w:rsidRDefault="008D710D" w:rsidP="00ED6330">
+    <w:p w:rsidRPr="00ED6330" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="008D710D" w14:paraId="4886DFD9" w14:textId="668A7524">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc204741292"/>
+      <w:bookmarkStart w:name="_Toc208846464" w:id="76"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Action Plan</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="79466903" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="79466903" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="180" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Spend a few minutes thinking about what you</w:t>
       </w:r>
       <w:r w:rsidRPr="007879EC">
         <w:t xml:space="preserve"> would like to do when you get back to your workplace and what you need to achieve this.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="-30" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="24" w:space="0" w:color="1E998F"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="24" w:space="0" w:color="1E998F"/>
+          <w:top w:val="single" w:color="1E998F" w:sz="24" w:space="0"/>
+          <w:left w:val="single" w:color="1E998F" w:sz="24" w:space="0"/>
+          <w:bottom w:val="single" w:color="1E998F" w:sz="24" w:space="0"/>
+          <w:right w:val="single" w:color="1E998F" w:sz="24" w:space="0"/>
+          <w:insideH w:val="single" w:color="1E998F" w:sz="24" w:space="0"/>
+          <w:insideV w:val="single" w:color="1E998F" w:sz="24" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="00CD6DEB" w14:paraId="04D637D6" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="00CD6DEB" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="04D637D6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1E998F"/>
           </w:tcPr>
-          <w:p w14:paraId="767BC234" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="00CD6DEB" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="00CD6DEB" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="767BC234" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B5D90">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Task</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="29731763" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="29731763" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2928B26F" w14:textId="4543C5EB" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="2928B26F" w14:textId="4543C5EB">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Find out the name of the </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>branch chair</w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -18362,1989 +18859,4208 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>facilities agreements and what they can negotiate, be informed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and consult on.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AEE7988" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="4AEE7988" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19520DD0" w14:textId="531AEC77" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="19520DD0" w14:textId="531AEC77">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Find out the name of the </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>branch secretary</w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05A62D0D" w14:textId="400ABD9D" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="05A62D0D" w14:textId="400ABD9D">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7718FAD0" w14:textId="145AE20B" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="7718FAD0" w14:textId="145AE20B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D9E89CC" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="7D9E89CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F96BCE8" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="0F96BCE8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Find out the names of the </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>committee members</w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, and when they meet.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5490549C" w14:textId="46195417" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="5490549C" w14:textId="46195417">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54BBCF4B" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="54BBCF4B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BE8B4F5" w14:textId="24D9DA16" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="7BE8B4F5" w14:textId="24D9DA16">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="5329314B" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="5329314B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A00F772" w14:textId="5E234D17" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="2A00F772" w14:textId="5E234D17">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Find out the name of your </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>organiser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F54F886" w14:textId="02219A26" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="3F54F886" w14:textId="02219A26">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39CEF210" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="39CEF210" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Find out the name of your </w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>negotiations officer</w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="4B8DBCD8" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="4B8DBCD8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0CB5AC" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="2E0CB5AC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sign up to the Prospect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Bectu</w:t>
             </w:r>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> website and view your branch’s electronic communications.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E54F025" w14:textId="68BCCCE1" w:rsidR="008D710D" w:rsidRPr="0010646E" w:rsidRDefault="008D710D" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="008D710D" w:rsidP="00ED6330" w:rsidRDefault="008D710D" w14:paraId="6E54F025" w14:textId="68BCCCE1">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="12953AF6" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="12953AF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1792789F" w14:textId="3E224F2C" w:rsidR="00ED6330" w:rsidRDefault="008D710D" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="008D710D" w14:paraId="1792789F" w14:textId="161CB04E">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reflecting on activity D and activity K, h</w:t>
             </w:r>
-            <w:r w:rsidR="00ED6330" w:rsidRPr="0010646E">
+            <w:r w:rsidRPr="0010646E" w:rsidR="00ED6330">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ow could you improve how your branch is organised?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="692A308B" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="008F6180" w:rsidP="00ED6330" w:rsidRDefault="008F6180" w14:paraId="65A45EAD" w14:textId="6DD0F17B">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F6180" w:rsidP="00ED6330" w:rsidRDefault="008F6180" w14:paraId="03CCE556" w14:textId="72FA9521">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Does your branch have a development plan?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F6180" w:rsidP="00ED6330" w:rsidRDefault="008F6180" w14:paraId="12380DFC" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="692A308B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="278BB0BE" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="278BB0BE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0203A984" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="0203A984" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>After attending this course, what will you stop doing?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="618ADEA1" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="618ADEA1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="571E9614" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="571E9614" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="350822DE" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="350822DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>After attending this course, what will you continue to do?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="142E812F" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="142E812F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6330" w:rsidRPr="007F3692" w14:paraId="609A6E5E" w14:textId="77777777" w:rsidTr="00C71ACE">
+      <w:tr w:rsidRPr="007F3692" w:rsidR="00ED6330" w:rsidTr="00C71ACE" w14:paraId="609A6E5E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B706B56" w14:textId="454411B7" w:rsidR="00ED6330" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="4B706B56" w14:textId="454411B7">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Based on your new knowledge, what three practical things will you do?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F68854D" w14:textId="77777777" w:rsidR="008D710D" w:rsidRPr="0010646E" w:rsidRDefault="008D710D" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="008D710D" w:rsidP="00ED6330" w:rsidRDefault="008D710D" w14:paraId="5F68854D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="32D29590" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="32D29590" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53C08E8D" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="53C08E8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D299DE0" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="0010646E" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+          <w:p w:rsidRPr="0010646E" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="1D299DE0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010646E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C4E0CBA" w14:textId="77777777" w:rsidR="00ED6330" w:rsidRPr="004115A9" w:rsidRDefault="00ED6330" w:rsidP="00ED6330">
+    <w:p w:rsidRPr="004115A9" w:rsidR="00ED6330" w:rsidP="00ED6330" w:rsidRDefault="00ED6330" w14:paraId="5C4E0CBA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:color w:val="1E998F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004115A9">
         <w:rPr>
           <w:color w:val="1E998F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Training: Organisers’ follow-up</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15DDD8DC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003272B9">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003272B9" w:rsidRDefault="00DF3D6E" w14:paraId="15DDD8DC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc204741293"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846465" w:id="77"/>
+      <w:r>
         <w:t>Appendix 1: How do you get Prospect to do something in your branch?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD5359A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7AD5359A" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">There are specific ways of carrying out discussions and decision making at formal meetings. These are designed to safeguard members’ rights, be ‘legal’ within the rules and transparent so members can see what is happening and why. Some of the procedural terms include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6076524C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6076524C" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Motion - a proposal (usually written down) put forward for discussion by at least two people, the mover and the seconder. This is how members can submit items for discussion and decisions at formal meetings. A ‘motion’ that is voted on and carried is called a ‘resolution’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36402977" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="36402977" w14:textId="77777777">
       <w:r>
         <w:t>A motion:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56839DBC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="56839DBC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>identifies an issue or problem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12471788" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="12471788" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>describes an action to be taken</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C5E74E7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="4C5E74E7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>identifies the people who are being asked to take the action (a conference, SEC, branch committee, etc).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB79A1B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="5EB79A1B" w14:textId="77777777">
       <w:r>
         <w:t>A motion to a meeting should observe the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="449FF5FE" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="449FF5FE" w14:textId="77777777">
       <w:r>
         <w:t>Preferably it should be notified to the branch secretary in advance of the meeting at which it is to be discussed. This should be in good time to be made known to members of the branch (or shop) so that they can attend the meeting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47ACF899" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="47ACF899" w14:textId="77777777">
       <w:r>
         <w:t>The motion should be addressed to the person or body that has the power to de</w:t>
       </w:r>
       <w:r w:rsidR="005E09E1">
-        <w:t>liver the request (</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>liver the request (eg</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> the NEC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C9F1ED" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="51C9F1ED" w14:textId="77777777">
       <w:r>
         <w:t>The motion should be no more than one or two paragraphs long.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5303F6" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4B5303F6" w14:textId="77777777">
       <w:r>
         <w:t>The motion should briefly explain the subject matter and context/reason for its submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACBDFAA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4ACBDFAA" w14:textId="77777777">
       <w:r>
         <w:t>It should end with a request for something to be done (provision of information, industrial action or change policy etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A505ACC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="0A505ACC" w14:textId="77777777">
       <w:r>
         <w:t>Each motion should only deal with one subject/request</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B7F603" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="47B7F603" w14:textId="77777777">
       <w:r>
         <w:t>Examples of local policy-making motions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7765A9E0" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00DC4346" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00DC4346" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7765A9E0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>In the light of complaints about a culture of bullying and harassment, we call on the branch committee to carry out a survey of members</w:t>
       </w:r>
       <w:r w:rsidR="0073354D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1232FFF2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00DC4346" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00DC4346" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1232FFF2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Given the </w:t>
       </w:r>
       <w:r w:rsidR="0073354D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">installation of </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>new technical equipment</w:t>
       </w:r>
       <w:r w:rsidR="0073354D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> we call on the safety reps to press for new risk assessments</w:t>
       </w:r>
       <w:r w:rsidR="0073354D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to be carried out.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4991AD45" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="00DC4346" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="00DC4346" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4991AD45" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>While supporting the appointment of apprentices</w:t>
       </w:r>
       <w:r w:rsidR="0073354D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> we must negotiate a code of practice to make sure they are not exploited </w:t>
       </w:r>
       <w:r w:rsidR="0073354D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC4346">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> used to undermine existing jobs. We call on the branch committee to negotiate such an agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B11F68" w14:textId="77777777" w:rsidR="003272B9" w:rsidRDefault="00DF3D6E" w:rsidP="005E09E1">
+    <w:p w:rsidR="003272B9" w:rsidP="005E09E1" w:rsidRDefault="00DF3D6E" w14:paraId="74B11F68" w14:textId="77777777">
       <w:r>
         <w:t>See Appendix 2 for more advice on writing a motion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362E52BA" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="003272B9">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="003272B9" w:rsidRDefault="00DF3D6E" w14:paraId="362E52BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc204741294"/>
+      <w:bookmarkStart w:name="_Toc208846466" w:id="78"/>
       <w:r>
         <w:t>National conference –</w:t>
       </w:r>
       <w:r w:rsidR="00154C6B">
         <w:t xml:space="preserve"> making or changing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Prospect policies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2A287733" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="78"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2A287733" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">The purpose of Prospect’s biennial national conference is to formulate policy, approve the annual report and statement of accounts, consider rule changes, and elect the standing orders committee (SOC). It is usually held in May or June and lasts for two-and-a-half days. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7199E5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...4 lines deleted...]
-    <w:p w14:paraId="3A29D323" w14:textId="69E390B4" w:rsidR="00DF3D6E" w:rsidRDefault="003272B9" w:rsidP="004C1EE1">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="6D7199E5" w14:textId="3BED5400">
+      <w:r>
+        <w:t>All branches with more than 2</w:t>
+      </w:r>
+      <w:r w:rsidR="56FA0E8C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> members are entitled to submit motions to conference, send delegates and make nominations for the SOC and Trades Union Congress delegates. The basis of conference representation is laid down in Prospect’s rules. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="004C1EE1" w:rsidRDefault="003272B9" w14:paraId="3A29D323" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="70" w:name="_Toc204741295"/>
+      <w:bookmarkStart w:name="_Toc208846467" w:id="79"/>
       <w:r w:rsidR="00DF3D6E">
-        <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-    <w:p w14:paraId="7195C3BF" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+        <w:t>Appendix 2: How to write conference motion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7195C3BF" w14:textId="77777777">
       <w:r>
         <w:t>Whether you’re a seasoned conference delegate or new to the democratic process, the union’s standing orders committee is the ultimate arbiter of whether a conference motion is up to scratch.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19837505" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="19837505" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">MOTIONS – without them, conference would be a silent, empty hall and the union wouldn’t have any policies. Get it right and you can help shape the union’s policy. Get it wrong and the opportunity will be lost! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632CF364" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="632CF364" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Motions should follow a format designed to make it as clear as possible what you/your branch want the union to do. Vague words will be seized on by the standing orders committee (SOC), who will consign your motion to conference oblivion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E823478" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4E823478" w14:textId="77777777">
+      <w:r>
+        <w:t>Your motion must be in order ie, addressed to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:t>right body – in this instance, national conference and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the national executive committee. Anything addressed to sector or branch conference will be ruled out of order because seeking to instruct anyone other than the relevant body is an instruction that cannot be acted on. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7423C412" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7423C412" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Generally, your motion will be made up of three parts: facts; opinions and arguments; and instructions or actions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B25D6A2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1B25D6A2" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">So, taking these key elements, a motion might begin by setting out what the issue is and who it is addressed to: ‘This conference notes with concern the impact of long hours working on individuals, families and communities.’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A7D481" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="15A7D481" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Next come the opinions and arguments contained in the motion that you hope will gain the support of other branches, the NEC and ultimately conference delegates. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62900F8F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="62900F8F" w14:textId="77777777">
       <w:r>
         <w:t>You might add: ‘Conference questions the true value obtained by excessive working hours. This may have more to do with the expectations of employers rather than productivity.’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">After this you will need to spell out an instruction as to what you want done about it, with practical actions, timescales and so on. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB1D1B7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4BB1D1B7" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">It might read: ‘This conference instructs the national executive committee to work with whichever bodies it deems appropriate to highlight address the issues of long hours working.’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FC7417A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7FC7417A" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Other things to consider when drafting a motion include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A27EA05" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="1A27EA05" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>avoid jargon or the use of acronyms without first spelling them out. You want people to support your motions, so don’t baffle them with terms they will not understand</w:t>
       </w:r>
       <w:r w:rsidRPr="00924AA1">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08498FAC" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="08498FAC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>keep it clear, simple and make sure it is not too long</w:t>
       </w:r>
       <w:r w:rsidRPr="00924AA1">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09196266" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="09196266" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">make sure that the action you are calling for is not already policy, or recently agreed as policy, otherwise the SOC will highlight it as </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and it won’t be debated</w:t>
+        <w:t>make sure that the action you are calling for is not already policy, or recently agreed as policy, otherwise the SOC will highlight it as such and it won’t be debated</w:t>
       </w:r>
       <w:r w:rsidRPr="00924AA1">
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:rFonts w:ascii="MS Mincho" w:hAnsi="MS Mincho" w:eastAsia="MS Mincho" w:cs="MS Mincho"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE09D47" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2DE09D47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">make sure your motion is not so specific that it can be ruled out of order on grounds of sectional interest and therefore more suitable for one of the union’s sector or group conferences. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFE6571" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
-[...33 lines deleted...]
-    <w:p w14:paraId="4C169E81" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1CFE6571" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Motions are grouped into sections and ranked to take into account the time available for debate in each section. The most relevant, clearest, precise and logically-argued motions will be in the top half of the agenda. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="66865FD0" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">If you bear these guidelines in mind when framing your motion, you might succeed in ensuring it is placed at the top of the relevant section in the agenda. If not the procedural guillotine will fall and your motion will not be taken. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="4C169E81" w14:textId="77777777">
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACBA2F1" w14:textId="77777777" w:rsidR="003272B9" w:rsidRDefault="003272B9">
+    <w:p w:rsidR="003272B9" w:rsidRDefault="003272B9" w14:paraId="1ACBA2F1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1136B67E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="005B794C" w:rsidP="00C502BE">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00C502BE" w:rsidRDefault="005B794C" w14:paraId="1136B67E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc204741296"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846468" w:id="80"/>
+      <w:r>
         <w:t>Appendix 3</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t>: Data protection</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7B03C96D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7B03C96D" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Prospect </w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t xml:space="preserve">is covered by </w:t>
       </w:r>
       <w:r>
         <w:t>the General Data Protection Regulations. Here are some guidelines for reps drawn up by the union’s compliance officer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5349A4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00C502BE" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00C502BE" w14:paraId="5B5349A4" w14:textId="77777777">
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t>he EU data protection regulations came into force on 25 May 2018. While these are underpinned by the D</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t xml:space="preserve">ata </w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t xml:space="preserve">rotection </w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t>ct 20</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve">18, they introduce a new suite of rights and enhance existing ones. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253CF9E9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="003952E8" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="003952E8" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="253CF9E9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003952E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Enhanced rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4C379D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2F4C379D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">right of access (right to request access to personal information, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> D</w:t>
+        <w:t>right of access (right to request access to personal information, eg D</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t xml:space="preserve">ata </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t xml:space="preserve">ubject </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t xml:space="preserve">ccess </w:t>
       </w:r>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00C26B8B">
         <w:t>equest</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FE3EF4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="19FE3EF4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>right of rectification (right to request correction of incomplete or inaccurate personal information)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C1E3F7" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="003952E8" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="003952E8" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="49C1E3F7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003952E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>New rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5365F4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="2E5365F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>right to portability – allows individuals to obtain and reuse personal data for their own purposes across different services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507B18B5" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="507B18B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>right to be informed – providing people with clear and concise information about what we do with their data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D6FB425" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="1D6FB425" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>right to erasure (the ‘right to be forgotten’).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615EA17E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="615EA17E" w14:textId="77777777">
       <w:r>
         <w:t>You can find more information</w:t>
       </w:r>
       <w:r w:rsidR="003952E8">
         <w:t xml:space="preserve"> in our briefing </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– https://library.prospect.org.uk/id/2016/01617 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06664581" w14:textId="7F2F0005" w:rsidR="00DF3D6E" w:rsidRDefault="006C7E43" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="006C7E43" w14:paraId="06664581" w14:textId="7F2F0005">
       <w:r>
         <w:t>Here’s</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> a list of </w:t>
       </w:r>
       <w:r w:rsidR="00FD5FED">
         <w:t>common-sense</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> dos and don’ts </w:t>
       </w:r>
       <w:r>
         <w:t>to ensure you comply</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D6E">
         <w:t xml:space="preserve"> with data protection legislation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C851A77" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="003952E8" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="003952E8" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="1C851A77" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003952E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DO:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39550E57" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="39550E57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">mark all correspondence, electronic or otherwise, as private and confidential </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F13E18C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="0F13E18C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">be aware that the Act applies to paper files, information held electronically, records of telephone conversations, audiotapes, photographs and social networking media (Facebook, twitter, LinkedIn etc) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C06558" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="08C06558" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>think of personal data held about individuals as though it were held about you</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FC9E42" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="57FC9E42" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>tell people you hold personal data about them and tell them why you need to do so (fair processing). Be open with people about information held about them</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11503A26" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="11503A26" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>be open with people about information held about them</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD3740F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="4DD3740F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>respect confidentiality and the rights of the member</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44183C64" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="44183C64" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>review personal data in on-going cases from time to time and at least annually</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D1931B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="70D1931B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>ensure all personal data is disposed of as confidential waste</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3305574A" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="3305574A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>when writing reports, minutes etc, bear in mind that the member has a right to see information relating to them; even deleted emails may be retrieved and revealed to those about whom they are written</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF27BAF" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="6EF27BAF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>refer all requests for access to a Prospect full-time official</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677FE58D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="677FE58D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>familiarise yourself with Prospect’s data destruction policy (reproduced overleaf).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30965187" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="003952E8" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="003952E8" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="30965187" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003952E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DON'T:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C272D3" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="11C272D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>worry about the complexities of the Act - the Data Protection principles are simple</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BBBC6C4" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="6BBBC6C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">reveal personal data to third parties without the data subject's permission or justification </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC53D4C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="1DC53D4C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>disclose any personal data over the telephone</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CD5C42" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="32CD5C42" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>put personal data about a member on the Internet without his/her permission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B592D0B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="0B592D0B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>send personal data outside the European Economic Area (EEA) without taking advice from Prospect</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7721A309" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="7721A309" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>leave personal data insecure in any way, whether it is physical files or information held electronically</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60787845" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="60787845" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>take personal data home without ensuring that it can be securely stored</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AACD68" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="08AACD68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>use personal data held for one purpose for a different purpose without permission from the member.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD86477" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRPr="003952E8" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidRPr="003952E8" w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7FD86477" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003952E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Prospect’s data destruction policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B93344D" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2B93344D" w14:textId="77777777">
       <w:r>
         <w:t>Destroy closed case files after:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494A263E" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="494A263E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>six years – equal pay cases</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAA022C" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="3CAA022C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>seven years – employment related cases</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6122302B" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="6122302B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>seven years – personal injury cases</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779EC7D2" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00450449">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="007F6A11" w:rsidRDefault="00DF3D6E" w14:paraId="779EC7D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>12 years – industrial disease.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2164BA34" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="2164BA34" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">If you no longer handle cases, you must pass all files to your Prospect full-time official. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30481A8F" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
-    <w:p w14:paraId="592FA63B" w14:textId="77777777" w:rsidR="001E5181" w:rsidRDefault="001E5181">
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="30481A8F" w14:textId="77777777"/>
+    <w:p w:rsidR="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="696D1063" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="180" w:line="280" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="181A93D0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref140840124" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc208846469" w:id="82"/>
+      <w:r w:rsidRPr="00814D92">
+        <w:t>Appendix 4: Trade union recognition</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4EA550FA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="37206C6D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>trade union</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t> works to protect and advance the interests of its members. One of the ways a trade union achieves this is by negotiating with employers about the pay and conditions under which its members work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="71EC50C2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Trade unions offer all their members representation at disciplinary and grievance hearings with the employer, legal advice and financial help and advice. They can offer a lot more if they are in a recognised workplace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="11E32767" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The Purpose of a recognition agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="526B56E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Most recognition agreements begin with a clause outlining the goals the parties wish to achieve which sets the tone for the rest of the document. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="7AF10C57" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>It will often include a commitment to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0C73698F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Co-operate in achieving positive industrial relations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="42A5417B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Use a joint approach to training in industrial relations procedures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="58CDDDCE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Engage in effective communications with employees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="6CC304AB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Achieve greater participation and involvement of all members of staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1097165A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work towards a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>high-quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> service.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0F41227C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Meaning and types of trade union recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="50D4B3D5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>A trade union is said to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>recognised</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t> once an employer has agreed to negotiate with it on pay and working conditions on behalf of a particular group of workers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0B03C27B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The subsequent negotiation process is known as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>collective bargaining</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>, with the group of workers the union represents referred to as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>bargaining unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2A48A2D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>If an employer agrees to recognise a trade union the employer has certain legal obligations towards the union and its members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="3F9B770F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Voluntary trade union recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4A333E55" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The most common way a union can gain recognition for collective bargaining purposes is by the employer simply agreeing to recognise it voluntarily.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2AEB3273" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>In practice this means the union becomes recognised by the employer without using any legal procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1BFB2B03" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Statutory trade union recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0DADE5A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>If an employer and trade union find they are unable to come to a voluntary recognition agreement, a trade union can make an application for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>statutory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t> recognition from the Central Arbitration Committee (CAC). This only applies where the employer, together with any associated employers, employs 21 or more workers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="634F65FF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Note that there can be voluntary agreements even after the union has triggered the statutory process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="584897D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2ACC5E2E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4E1D58AB" w14:textId="73F57668">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The recognition process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5D380301" w14:textId="7D45E1D9">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>The statutory trade union recognition procedure has been in place now for almost twenty years. Over that time Prospect and B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ectu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have had several successful applications, but of course it is always best to gain recognition voluntarily. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="29577C85" w14:textId="7CF64B8C">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The legislation is in Schedule A1 of the Trade Union and Labour Relations (Consolidation) Act 1992. The Schedule is complex and long, it covers recognition and de-recognition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1C50B4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are also the Information and Consultation of Employees Regulations (ICE), which provide for much more limited consultation in areas where we are unable to secure recognition.  These Regulations provide for a limited amount of information and consultation to take place regarding key matters affecting the employees (such as redundancy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>redeployment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and restructuring) and will apply whether or not the employer recognises a union. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5F308A85" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="643EEE33" w14:textId="5501237D">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Central Arbitration Committee (CAC) is the body that makes decisions on recognition applications. The CAC produces very clear and helpful guidance on the processes, along with copies of the application forms, on its web site at </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId39">
+        <w:r w:rsidRPr="00EA3CA9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>www.cac.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. This guidance is essential to consider before making an application. The site also lists all current applications and past decisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5D450B38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The keys stages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="3CCC4460" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Preliminary issues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0367F956" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The first thing is to do the groundwork in terms of recruitment of members and organising to ensure we have an effective base for pursuing a claim for recognition with the employer. To gain recognition, the union needs to be able to show that most staff want recognition and key to this is building membership density. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="46D4FF48" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Another key factor at the very beginning of the process is to be clear who will be directly involved in the application for the union, usually the Negotiating Officer and supporting staff. Many of the actions required by the CAC require a very fast turnaround, so we need to ensure that we will be able to respond quickly to any correspondence or actions required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="745238FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">While the CAC procedure is aimed at being practical and straightforward, there are several legal pitfalls and a large body of precedent, so we recommend you always work with your legal officer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4EAA349C" w14:textId="0D88D3F8">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Prospect/Bectu all cases where we expect to make a statutory application must be raised with a member of the Senior Management Team at the start of the process. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="72B12088" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Deciding the bargaining unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1A9663DB" w14:textId="5538920F">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Determine the bargaining unit that the union is seeking recognition for. This could be the whole of the company or organisation, or it could be limited to certain groups of workers or locations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="16818182" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>When the union requests recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="01520D81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The union must ask the employer in writing if they’ll agree to recognise them voluntarily.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="43DCC6F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:bCs/>
           <w:kern w:val="32"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="14090DD0" w14:textId="77777777" w:rsidR="001C7DA3" w:rsidRDefault="001C7DA3" w:rsidP="001C7DA3">
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The written request must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="07C98E95" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>give the name of the union</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5A6FA672" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>identify which employees will be represented by the union when it’s recognised, sometimes known as the bargaining unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A7F2A" w:rsidR="00EA3CA9" w:rsidP="004A7F2A" w:rsidRDefault="00EA3CA9" w14:paraId="7D6A5F8D" w14:textId="49AED9C5">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>state that the union is making the request under Schedule A1 of the Trade Union and Labour Relations (Consolidation) Act 1992</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A7F2A" w:rsidR="009F1CA8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A7F2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>esponding to the request</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="74E09CC8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The employer has 10 working days to respond to the request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="67EB8889" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The employer can:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="51E1CE8E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>agree to recognise the union voluntarily - and begin collective bargaining</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5EBDEECF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>reject the request - the union may then apply for statutory recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="377F5125" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>refuse the initial request but agree to negotiate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2A58B908" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Negotiate with the union</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="28BF316A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The employer has 20 working days, or longer if they agree this with the union, to come to an agreement about:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="49D76A40" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>which employees are in the bargaining unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="681402AC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>whether the union should be recognised for collective bargaining</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="62B77020" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The employer has 10 days to suggest that the Advisory, Conciliation and Arbitration Service (Acas) or in Northern Ireland, the Labour Relations Agency (LRA) are brought in to assist with the negotiations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="32556E31" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Admissibility tests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="12711D3A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>There are several options If the employer cannot agree or agreed the bargaining unit but not recognised the union, the union can apply to the Central Arbitration Committee (CAC) for statutory recognition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="187B023B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>The union can apply if:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="421141D6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>they’ve sent the employer a copy of their application and any supporting documents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2B17959F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>they have at least 10% union membership within the proposed bargaining unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="42D3B74C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>they have evidence that most employees are in favour of recognition - for example, a petition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4F2BC3D6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>They cannot apply if:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5D04D1CA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>they’ve applied for recognition in the last 3 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1CF1258D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>they are not a certified independent union</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="6A3A4CAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>there’s already a recognition agreement that allows another union to represent employees in the bargaining unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="599C09AC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>another union - representing 10% of the employees in the proposed bargaining unit - has already applied to CAC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="522BE53F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the employer agrees to recognise the union, there will usually be a collective agreement setting out: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="790692F3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which categories or grades of worker are covered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0C407828" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how union representatives (for example, shop stewards) are to be elected </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="204E3E05" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">what matters (such as pay and hours) the parties can negotiate about; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="74AE1516" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>what union facilities are available (for example, office space, use of telephones and time off) are available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="297A1D46" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The consequences of trade union recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4CC1CD29" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>There are several consequences once a trade union becomes recognised.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="41E889B7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Many apply regardless of whether recognition was voluntary, semi-voluntary or statutory. However, some are only relevant where a union uses the statutory procedure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="10F819EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Making arrangements for the conduct of collective bargaining</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1907A13F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Once a union has achieved recognition, either via a voluntary or the statutory procedure, the employer, and the union - 'the parties' - need to agree how you will conduct collective bargaining.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="54C1A2EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Such an agreement could cover the following issues:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="23949BBE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>bargaining procedure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1727979A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>how and when meetings will be arranged</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="64EF9EAC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>who the employer and union representatives are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="57A7215F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>time off for union representatives to attend meetings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="41B82123" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>how agreements and disagreements will be communicated to the workforce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4FDC1D92" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>conduct during negotiations - how and when issues can be raised</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="4A674C6B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>the specific matters which will be subject to joint agreement, e.g., pay and working hours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="77EB91AA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>dispute resolution - what should happen if deadlock is reached on a particular issue, e.g., conciliation and arbitration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="23401D12" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>union recruitment activities in the workplace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="6DA80E2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>union representation of workers at disciplinary and grievance hearings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="63350853" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>deduction of union contributions from employees' wages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="048D3DAF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="39841AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Deciding what a collective agreement will cover</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1C03DA40" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Collective agreements usually cover pay arrangements and other terms and conditions of employment. They might also cover such matters as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5AD88531" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>matters of discipline</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="3F7A8EA1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>trade union membership or non-membership</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5BBE8A8E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>facilities for officials of trade unions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="37D66225" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The procedural agreement should set out the level at which negotiations will take place, e.g., site, company, regional or national level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="3680093F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>It should also specify the bargaining methods where two or more unions are recognised, e.g., whether unions should bargain separately or as a single bargaining unit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="68EF8DA0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t xml:space="preserve">Usually, collective agreements are not in themselves legally enforceable. However, parts of collective agreements such as pay rates, or references to agreements, may be inserted and thus legally </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>incorporated into the employment contracts of individual employees. Because individual employment contracts are legally enforceable, many collective agreements are indirectly underpinned by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="491927DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Disclosing information to trade unions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="651B22F9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The employer has a duty to disclose - if requested - relevant information to a recognised trade union during the collective bargaining process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5D19948E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>ACAS has code of practice 2 on disclosure of information to trade unions for collective bargaining purposes. The code imposes no legal obligations on the employer to disclose any specific item of information and failure to observe the code does not by itself mean the employer would be liable to legal proceedings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="3964ED38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>However, the law requires any relevant provisions to be considered in proceedings before the Central Arbitration Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="6FED4AD1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>General legal consequences of trade union recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="7D5C2D15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>Once a union becomes recognised, the employer has a legal duty to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="543A73E4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>allow lay union representatives to take reasonable time off with pay to perform their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>duties</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="617CD601" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>allow members covered by the recognition arrangements the right to reasonable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>unpaid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t> time off to carry out trade union </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0D2ADEF3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>allow union learning representatives time off with pay to carry out their duties</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="40B7CA0C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="65CF09EB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>The employer also has a legal duty to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="52BC7B39" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>inform and consult the union during collective redundancy situations and business transfers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="23D02767" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t xml:space="preserve">inform and consult the union on certain changes to their occupational pension scheme - if they operate one - or employees' personal pension schemes if they contribute to them </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="03847144" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>allow the union to appoint health and safety representatives, with whom it has to consult on workplace health and safety issues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0AF9DED3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:t>All these obligations apply regardless of whether the recognition was via the statutory or voluntary route.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2EE60312" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Advantages of trade union recognition for the employer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="491088C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Some employers prefer to deal directly with their workers - or their elected representatives - without trade union involvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1A5C1FD3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>However, recognising and working closely with a trade union has several advantages:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="5B3D99D9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Single point of contact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="6543FC83" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Having a single body for negotiating terms and conditions for workers is simpler than dealing with workers individually.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="7C3B0FE4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>However, once the employer has agreed to this collective style of negotiating, they'll be obliged to disclose certain information to the union for collective bargaining.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="00DDAA06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Worker involvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="52D055F6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>If the employer negotiates terms and conditions and consult on workplace issues with a recognised union:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1D7E9789" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>the workers are likely to feel more involved in the way the business is run</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1C88278E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>the employer can encourage trust and commitment among their workers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2E6242B0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>In turn, these may help the business by improving retention rates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0AA51416" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Experience of employment relations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="7A0041AB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Trade unions represent not only the workers in the employer’s business, but many others in similar, related organisations. Therefore, they're likely to have a broad perspective on many issues affecting the organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="76E4275E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Union representatives with experience of employment relations are a useful source of legal and good-practice advice on HR and employment law issues. This experience may be especially useful during difficult times, e.g., during proposed collective redundancies or business transfers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA3CA9" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="29C730DE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the employer can show the union representatives that they are interested to hear about their workers' concerns, they in turn may help get their message across to the union members. Even unpopular decisions may be more acceptable to workers if they can be persuaded, they and their union that a change is necessary for the continued health of the business. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="0FD691CF" w14:textId="7B4A3C1F">
+      <w:pPr>
+        <w:pStyle w:val="Normalnumberedparas"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3CA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Informing and consulting with experienced union representatives - together with input from workers - can also help the employer make better-informed business decisions in general, e.g., in relation to shift patterns or the kind of equipment they should invest in.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="6492"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidTr="00EA3CA9" w14:paraId="72BFC538" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="7FFF4FA3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>In an unrecognised workplace</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="009F1A47" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>In a recognised workplace</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidTr="00EA3CA9" w14:paraId="64DC0185" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="5802"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="41FDF4B9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>A union member can get:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="46A23A7E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>representation at disciplinary and grievance hearings with the employer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="58AAD315" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>legal advice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="2C70A845" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">financial help and advice </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="78F41829" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="474FC678" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On top of the individual rights, collective agreements usually cover pay arrangements and other terms and conditions of employment. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="5A7DC0E2" w14:textId="77777777">
+            <w:r w:rsidRPr="00814D92">
+              <w:t>These include the right to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="255D8F65" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>disclosure of information by the employer for collective bargaining purposes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1152E1BF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>reasonable paid time off for union reps to carry out union duties</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="33AB1DE0" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>reasonable paid time off for union learning reps to carry out their duties</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="46A5EAC6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>reasonable unpaid time off for members to carry out union activities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="662C83F2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>appoint a union safety rep</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="54CEC8D5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>appoint safety committee representatives</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1BFB7F21" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>consultation prior to redundancy; and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="1A48D01C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">consultation prior to business transfers. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00E55014" w:rsidRDefault="00EA3CA9" w14:paraId="766481B5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>They might also cover such matters as:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="08D0FE29" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>matters of discipline</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="54B312AE" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>trade union membership or non-membership</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00814D92" w:rsidR="00EA3CA9" w:rsidP="00EA3CA9" w:rsidRDefault="00EA3CA9" w14:paraId="74E0885B" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00814D92">
+              <w:t>facilities for officials of trade unions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001C7DA3" w:rsidP="001C7DA3" w:rsidRDefault="001C7DA3" w14:paraId="14090DD0" w14:textId="3A3D3E0C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc204741297"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc208846470" w:id="83"/>
+      <w:r>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
-      <w:r w:rsidR="001E5181">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00EA3CA9">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>: Useful links</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="638CD063" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRPr="000B7F23" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w:rsidR="001C7DA3" w:rsidP="001C7DA3" w:rsidRDefault="001C7DA3" w14:paraId="3A639903" w14:textId="77777777"/>
+    <w:p w:rsidRPr="000B7F23" w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="1D0953CD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7F23">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Prospect</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C235CE1" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidRDefault="007B4036" w14:paraId="5E174FAF" w14:textId="51241507">
       <w:r>
         <w:t xml:space="preserve">Prospect rep’s handbook – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
-        <w:r w:rsidRPr="1EC51A3F">
+      <w:hyperlink r:id="rId40">
+        <w:r w:rsidRPr="4B894BB3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://library.prospect.org.uk/download/2009/00650</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63AEE154" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="35B0F92D" w:rsidP="08C38D0B" w:rsidRDefault="35B0F92D" w14:paraId="52893029" w14:textId="04FC3CFD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">GDPR guidance </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidRPr="4B894BB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+          </w:rPr>
+          <w:t>Guide to data protection for Prospect reps</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="0BA55596" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1EC51A3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">A leaflet setting out our legal team’s successes between November 2023 and November 2024 - </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47073931" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="60D107C6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId42">
         <w:r w:rsidRPr="1EC51A3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>https://union.prospect.org.uk/resource/a-year-with-prospect-legal-october-2024.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1EC51A3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B29F94B" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="4E241E2E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144DB30D" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="5AA6B016" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="1EC51A3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact the LegalLine on </w:t>
       </w:r>
       <w:r w:rsidRPr="1EC51A3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0800 587 1278</w:t>
       </w:r>
       <w:r w:rsidRPr="1EC51A3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> for free initial advice covering non-employment legal issues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DAB67E" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="47BE32FA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7897BF29" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="66B68BBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Benefits and services – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId43">
         <w:r w:rsidRPr="00AE3F04">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Prospect benefits and services leaflet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708D7B5B" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="041BD996" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Logos, templates posters and other resources – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId44">
         <w:r w:rsidRPr="001A633D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://prospect.org.uk/ambition/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EC24ED0" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="3B76EFA3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Members’ guides </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId45">
         <w:r w:rsidRPr="00F346BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Get support | Prospect</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F566C08" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="5CD41721" w14:textId="77777777">
       <w:r w:rsidRPr="00FA7B21">
         <w:t xml:space="preserve">Recruitment guides - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId46">
         <w:r w:rsidRPr="006E3231">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Pensions and retirement | Prospect</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="317B7375" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRPr="007B4036" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001D400C">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="40FD4A8E" w14:textId="77B62DA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Branch communications - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
-        <w:r w:rsidRPr="00D93A8F">
+      <w:hyperlink r:id="rId47">
+        <w:r w:rsidRPr="4B894BB3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://library.prospect.org.uk/id/2020/00919</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="4B894BB3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68090F6A" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRPr="000B7F23" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="5D56C54B" w:rsidP="004A7F2A" w:rsidRDefault="004A7F2A" w14:paraId="5DC62A72" w14:textId="52EFF5C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A7F2A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sexual harassment </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="5D56C54B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Sexual Harrassment SHSS@prospect.org.uk</w:t>
+      </w:r>
+      <w:r w:rsidR="5D56C54B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="5D56C54B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4B894BB3" w:rsidR="5D56C54B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>0207 902 6647</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EE7144" w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="5021F51E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B7F23">
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE7144">
         <w:rPr>
           <w:b/>
+          <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>TUC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA15363" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
-      <w:r>
+    <w:p w:rsidRPr="00EE7144" w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="41C54DF9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE7144">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
         <w:t xml:space="preserve">TUC – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
-        <w:r w:rsidRPr="00DF68CC">
+      <w:hyperlink w:history="1" r:id="rId48">
+        <w:r w:rsidRPr="00EE7144">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:t>www.tuc.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E08DCCC" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
-[...8 lines deleted...]
-      <w:hyperlink r:id="rId47" w:history="1">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="494D2DA3" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Worksmart – </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId49">
         <w:r w:rsidRPr="001A633D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://worksmart.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="450B6429" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
-[...12 lines deleted...]
-    <w:p w14:paraId="610E61DE" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="4B894BB3" w:rsidRDefault="007B4036" w14:paraId="1A1D7476" w14:textId="5647BCA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Health and safety, union effect – see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
-        <w:r w:rsidRPr="001A633D">
+      <w:hyperlink r:id="rId50">
+        <w:r w:rsidRPr="4B894BB3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.tuc.org.uk/research-analysis/reports/union-effect</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7FCD6DD7" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="77098810" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Training – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId51">
         <w:r w:rsidRPr="00DF68CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.tuc.org.uk/sites/default/files/Skils_and_training.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06FBDC67" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="43B5CCAB" w14:textId="77777777">
       <w:r>
         <w:t>Collective bargaining and great jobs –</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId52">
         <w:r w:rsidRPr="00DF68CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.tuc.org.uk/research-analysis/reports/great-jobs-are-union-jobs</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0743024F" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRPr="000B7F23" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidRPr="000B7F23" w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="30798387" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7F23">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BC4E97" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="40B7AFDA" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">ACAS code of practice 3 – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId53">
         <w:r w:rsidRPr="00DF68CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://bit.ly/acas-time-off</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="431FD20B" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="61E227EB" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">ACAS – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId54">
         <w:r w:rsidRPr="00DF68CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.acas.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36C9CC02" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00DF68CC">
+    <w:p w:rsidR="007B4036" w:rsidP="5CD0BFB8" w:rsidRDefault="007B4036" w14:paraId="3C224786" w14:textId="4A96A400">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidR="50B22CC9">
+        <w:rPr/>
+        <w:t>Pay and bargaining news</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4036">
+        <w:rPr/>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:hyperlink r:id="Rc5259b1fa787486e">
+        <w:r w:rsidRPr="5CD0BFB8" w:rsidR="60B5D4C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
-          <w:t>http://bit.ly/union-wage-premium</w:t>
+          <w:t>Pay &amp; bargaining news | LRD</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76A444A9" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7">
+    <w:p w:rsidR="007B4036" w:rsidP="007B4036" w:rsidRDefault="007B4036" w14:paraId="0A1EC1C4" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Government – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId56">
         <w:r w:rsidRPr="001A633D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16EB02BB" w14:textId="77777777" w:rsidR="000A5DA7" w:rsidRDefault="000A5DA7" w:rsidP="000A5DA7"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="17FE56B9" w14:textId="77777777" w:rsidR="00DF3D6E" w:rsidRDefault="00DF3D6E" w:rsidP="00DF3D6E"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="7A408369" w14:textId="77777777"/>
+    <w:p w:rsidR="00DF3D6E" w:rsidP="00DF3D6E" w:rsidRDefault="00DF3D6E" w14:paraId="17FE56B9" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00DF3D6E" w:rsidSect="00397E55">
-      <w:footerReference w:type="even" r:id="rId56"/>
-[...1 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:footerReference w:type="even" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BC02783" w14:textId="77777777" w:rsidR="00437540" w:rsidRDefault="00437540">
+    <w:p w:rsidR="00733455" w:rsidRDefault="00733455" w14:paraId="38EBC792" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12D0B572" w14:textId="77777777" w:rsidR="00437540" w:rsidRDefault="00437540">
+    <w:p w:rsidR="00733455" w:rsidRDefault="00733455" w14:paraId="5ACE5645" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20407,113 +23123,119 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Body)">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="59B20E6B" w14:textId="77777777" w:rsidR="00337F8D" w:rsidRDefault="00337F8D">
+  <w:p w:rsidR="00C300DB" w:rsidRDefault="00C300DB" w14:paraId="59B20E6B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:xAlign="center" w:y="1"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1EE00C1E" w14:textId="77777777" w:rsidR="00337F8D" w:rsidRDefault="00337F8D">
+  <w:p w:rsidR="00C300DB" w:rsidRDefault="00C300DB" w14:paraId="1EE00C1E" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47126BAC" w14:textId="564D1B6A" w:rsidR="00337F8D" w:rsidRPr="00C47041" w:rsidRDefault="00337F8D" w:rsidP="00C71ACE">
+  <w:p w:rsidRPr="00C47041" w:rsidR="00C300DB" w:rsidP="00C71ACE" w:rsidRDefault="00C300DB" w14:paraId="47126BAC" w14:textId="564D1B6A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C47041">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Prospect Reps 1 –</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00C47041">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Key skills for union reps</w:t>
     </w:r>
     <w:r w:rsidRPr="00C47041">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00C47041">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:id w:val="743369361"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidRPr="00C47041">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
@@ -20536,198 +23258,439 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>45</w:t>
         </w:r>
         <w:r w:rsidRPr="00C47041">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AFFAC54" w14:textId="77777777" w:rsidR="00437540" w:rsidRDefault="00437540">
+    <w:p w:rsidR="00733455" w:rsidRDefault="00733455" w14:paraId="64C79998" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66EB002D" w14:textId="77777777" w:rsidR="00437540" w:rsidRDefault="00437540">
+    <w:p w:rsidR="00733455" w:rsidRDefault="00733455" w14:paraId="64E32B7F" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="41">
+    <w:nsid w:val="6366f724"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="008F20FA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7D604540"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01024FAB"/>
+    <w:nsid w:val="00E7574B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0DD02818"/>
+    <w:tmpl w:val="500C6600"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05844254"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="81F056D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="ListNumber2"/>
@@ -20828,176 +23791,289 @@
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06A94187"/>
+    <w:nsid w:val="0608210A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="21C610D0"/>
+    <w:tmpl w:val="B4A83260"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="063540BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A62BB82"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07981237"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="470CE448"/>
     <w:lvl w:ilvl="0" w:tplc="1F520C54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -21029,2633 +24105,884 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E5C09DE"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09345383"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="59660298"/>
+    <w:tmpl w:val="FD44C978"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D3D6069"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DA928D48"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F7D2AB8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A021AD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="273C6CE6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2920285E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12586A28"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A1D48C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="92ECD29C"/>
+    <w:tmpl w:val="5978A478"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...338 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17705B72"/>
-[...1480 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A2D3EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A84E638A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C306544"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFFE91E0"/>
     <w:styleLink w:val="ListBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="340"/>
         </w:tabs>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1361"/>
         </w:tabs>
         <w:ind w:left="1361" w:hanging="681"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1758"/>
         </w:tabs>
         <w:ind w:left="1758" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2155"/>
         </w:tabs>
         <w:ind w:left="2155" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -23663,1018 +24990,1018 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30211D6B"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31AD708B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7242B6F8"/>
+    <w:tmpl w:val="759A3392"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="354D1498"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="344F05EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="83781080"/>
+    <w:tmpl w:val="83721290"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36615FCC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A2425A90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38985C90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7486CB96"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A1D173A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A68499CA"/>
     <w:lvl w:ilvl="0" w:tplc="1F520C54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3ABE0244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4458773A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="88EE9B42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="C31A3018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6BA4E8FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="1EACFD4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="39328290" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="473658F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3EB4485A"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D96613F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D2EE7658"/>
+    <w:tmpl w:val="DB70F4A0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3EF6210C"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="448E3EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="01D4623C"/>
+    <w:tmpl w:val="7EBA0F92"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3F47488A"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="455930AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1A34AE3A"/>
+    <w:tmpl w:val="881E467C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45CD1D9A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1E006DEC"/>
     <w:styleLink w:val="Headings"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:sz w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -24770,178 +26097,327 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46450BF2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0E46D0AA"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A740C72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="571AD7CC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC43A56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E0A3468"/>
     <w:lvl w:ilvl="0" w:tplc="E7309974">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Normalnumberedparasa"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="21"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -24976,390 +26452,277 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4DA87DA7"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E39237B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AB426F7A"/>
+    <w:tmpl w:val="DFE86456"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5241595B"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F1808AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8C32C2C4"/>
+    <w:tmpl w:val="14A6836A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55FE28DD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2FD68F86"/>
     <w:styleLink w:val="ListNumbers"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25447,126 +26810,126 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58D070B3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="29D2A412"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1361"/>
         </w:tabs>
         <w:ind w:left="1361" w:hanging="681"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1758"/>
         </w:tabs>
         <w:ind w:left="1758" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2155"/>
         </w:tabs>
         <w:ind w:left="2155" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -25574,51 +26937,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C363E38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="601CB096"/>
     <w:lvl w:ilvl="0" w:tplc="66482D2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Normalnumberedparas1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -25666,2249 +27029,2379 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FC962AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7021ADE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="626F097D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="544EC344"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64526C1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="585C382C"/>
+    <w:lvl w:ilvl="0" w:tplc="18090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="18090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="18090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="18090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="18090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="18090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="18090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="18090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="18090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6680106E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFFE91E0"/>
     <w:numStyleLink w:val="ListBullets"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="67DE6B3C"/>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A842A08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="58D8ADBE"/>
+    <w:tmpl w:val="76CAB718"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="692F0565"/>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70885CE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="21F40432"/>
+    <w:tmpl w:val="A718EB8A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70ED1037"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6FCEA48A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71797731"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9687FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6A12BBCE"/>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74052E88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
-    <w:lvl w:ilvl="0" w:tplc="16EA828E">
+    <w:tmpl w:val="BEDA33A2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="2540607C">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="139C9BA4">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="7B12CAFC">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="DA0ED00C">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FAC27FDA">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="54A008E2">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7763650C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8988A632"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="2472A82E">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="9F92361C">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...10 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7882601A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04A2228E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...10 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
-[...565 lines deleted...]
-    <w:abstractNumId w:val="49"/>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="641154693">
-    <w:abstractNumId w:val="56"/>
+  <w:num w:numId="1" w16cid:durableId="1748377363">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1599409606">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1997486832">
+  <w:num w:numId="2" w16cid:durableId="676883321">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1210217426">
+  <w:num w:numId="3" w16cid:durableId="1417746790">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1110007030">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1419906437">
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="5" w16cid:durableId="1763143430">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1194272664">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="6" w16cid:durableId="881022234">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="667027044">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="7" w16cid:durableId="1694334754">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1260455008">
-[...2 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="559098871">
+  <w:num w:numId="8" w16cid:durableId="1972131521">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="178784551">
-[...26 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="2069718833">
+  <w:num w:numId="9" w16cid:durableId="1016737413">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="633562761">
-[...101 lines deleted...]
-  <w:num w:numId="55" w16cid:durableId="283004988">
+  <w:num w:numId="10" w16cid:durableId="2025861602">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="1839927999">
+  <w:num w:numId="11" w16cid:durableId="1716350415">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1096635567">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="390664225">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="132645143">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="543715702">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1368676845">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="807435361">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="844056696">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1850214228">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1090080489">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="418865597">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1445881993">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="811093173">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="147016836">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="376321416">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1420910615">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="814251214">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="821966951">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1939366932">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="236483318">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="171461296">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="520819482">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1027293429">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2065251561">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="153224885">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="672879817">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1408989378">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="480117062">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="471362352">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="696929735">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="40" w16cid:durableId="405031291">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="2064869500">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="41" w16cid:durableId="45420252">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="46"/>
+  <w:num w:numId="42" w16cid:durableId="1151017470">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...3 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="562"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C65A9B"/>
     <w:rsid w:val="000134EA"/>
     <w:rsid w:val="00013A5C"/>
     <w:rsid w:val="00017FA5"/>
     <w:rsid w:val="00023B54"/>
     <w:rsid w:val="00023B87"/>
     <w:rsid w:val="00025ECB"/>
+    <w:rsid w:val="0003067B"/>
     <w:rsid w:val="00032DF0"/>
     <w:rsid w:val="00034577"/>
     <w:rsid w:val="000350C9"/>
     <w:rsid w:val="00043695"/>
-    <w:rsid w:val="00054B61"/>
     <w:rsid w:val="00064583"/>
     <w:rsid w:val="00064B98"/>
+    <w:rsid w:val="00065071"/>
     <w:rsid w:val="000702B4"/>
-    <w:rsid w:val="00072D56"/>
     <w:rsid w:val="00073AEE"/>
     <w:rsid w:val="0007443E"/>
     <w:rsid w:val="000753FA"/>
+    <w:rsid w:val="00096C63"/>
     <w:rsid w:val="000A2E2A"/>
     <w:rsid w:val="000A31FE"/>
-    <w:rsid w:val="000A5DA7"/>
+    <w:rsid w:val="000A7657"/>
     <w:rsid w:val="000B4EB7"/>
     <w:rsid w:val="000B7013"/>
     <w:rsid w:val="000B7F23"/>
     <w:rsid w:val="000C150D"/>
     <w:rsid w:val="000C45DE"/>
     <w:rsid w:val="000D2062"/>
     <w:rsid w:val="000D6944"/>
     <w:rsid w:val="000E3910"/>
     <w:rsid w:val="000E7EF3"/>
     <w:rsid w:val="001016F1"/>
     <w:rsid w:val="00102524"/>
     <w:rsid w:val="001047EB"/>
     <w:rsid w:val="00110DAF"/>
     <w:rsid w:val="0011172A"/>
     <w:rsid w:val="00112A30"/>
+    <w:rsid w:val="001161D0"/>
     <w:rsid w:val="00116FF5"/>
     <w:rsid w:val="00125E70"/>
     <w:rsid w:val="00127CED"/>
     <w:rsid w:val="00131706"/>
     <w:rsid w:val="00132547"/>
     <w:rsid w:val="0013394E"/>
     <w:rsid w:val="00134A5D"/>
     <w:rsid w:val="00135D64"/>
     <w:rsid w:val="00140BEE"/>
     <w:rsid w:val="00141A6E"/>
     <w:rsid w:val="00142783"/>
     <w:rsid w:val="001465A5"/>
     <w:rsid w:val="00147807"/>
     <w:rsid w:val="00147F58"/>
     <w:rsid w:val="001520AF"/>
     <w:rsid w:val="00154C6B"/>
     <w:rsid w:val="00156EBB"/>
     <w:rsid w:val="0016270D"/>
     <w:rsid w:val="00162E42"/>
     <w:rsid w:val="001664C4"/>
     <w:rsid w:val="00167C0A"/>
     <w:rsid w:val="001704BB"/>
     <w:rsid w:val="00181453"/>
     <w:rsid w:val="00183359"/>
     <w:rsid w:val="00183D96"/>
     <w:rsid w:val="00184B01"/>
     <w:rsid w:val="001918F6"/>
     <w:rsid w:val="00191FA0"/>
     <w:rsid w:val="001A5303"/>
     <w:rsid w:val="001B1121"/>
     <w:rsid w:val="001B31C5"/>
     <w:rsid w:val="001B6562"/>
     <w:rsid w:val="001C1C80"/>
     <w:rsid w:val="001C3171"/>
     <w:rsid w:val="001C7DA3"/>
     <w:rsid w:val="001E13BF"/>
     <w:rsid w:val="001E5181"/>
     <w:rsid w:val="001E6C58"/>
     <w:rsid w:val="001F303C"/>
+    <w:rsid w:val="001F5110"/>
+    <w:rsid w:val="001F7157"/>
     <w:rsid w:val="00200C94"/>
     <w:rsid w:val="00204A97"/>
-    <w:rsid w:val="0020531F"/>
     <w:rsid w:val="0020637E"/>
     <w:rsid w:val="0021004C"/>
     <w:rsid w:val="002133A7"/>
     <w:rsid w:val="002173CB"/>
     <w:rsid w:val="00221598"/>
     <w:rsid w:val="00227700"/>
     <w:rsid w:val="002377A8"/>
     <w:rsid w:val="00244CA2"/>
     <w:rsid w:val="00244EF3"/>
     <w:rsid w:val="00252B85"/>
     <w:rsid w:val="00252FFA"/>
     <w:rsid w:val="00253FBC"/>
     <w:rsid w:val="00257E14"/>
     <w:rsid w:val="00262235"/>
     <w:rsid w:val="00262F35"/>
     <w:rsid w:val="00266793"/>
     <w:rsid w:val="0027502C"/>
     <w:rsid w:val="00275091"/>
     <w:rsid w:val="00276620"/>
     <w:rsid w:val="00276B18"/>
     <w:rsid w:val="00282216"/>
     <w:rsid w:val="002822FE"/>
     <w:rsid w:val="00284C89"/>
+    <w:rsid w:val="00285169"/>
+    <w:rsid w:val="0028596C"/>
     <w:rsid w:val="00286339"/>
+    <w:rsid w:val="0029044B"/>
     <w:rsid w:val="00297AC3"/>
     <w:rsid w:val="002A03C9"/>
+    <w:rsid w:val="002A3F8A"/>
     <w:rsid w:val="002A5EE6"/>
     <w:rsid w:val="002A7AB0"/>
     <w:rsid w:val="002A7F87"/>
     <w:rsid w:val="002B48FC"/>
     <w:rsid w:val="002B4D5E"/>
-    <w:rsid w:val="002B63A5"/>
     <w:rsid w:val="002C21B7"/>
     <w:rsid w:val="002C3567"/>
     <w:rsid w:val="002E07E6"/>
     <w:rsid w:val="002E2A35"/>
+    <w:rsid w:val="002E2EB5"/>
     <w:rsid w:val="002E646E"/>
     <w:rsid w:val="002E64B0"/>
     <w:rsid w:val="002E665F"/>
     <w:rsid w:val="002F5AB5"/>
+    <w:rsid w:val="002F66D1"/>
     <w:rsid w:val="00304FA4"/>
     <w:rsid w:val="00311400"/>
-    <w:rsid w:val="0031763F"/>
     <w:rsid w:val="003223B6"/>
     <w:rsid w:val="00324A97"/>
     <w:rsid w:val="00326BEA"/>
     <w:rsid w:val="003272B9"/>
-    <w:rsid w:val="00337F8D"/>
     <w:rsid w:val="003425DB"/>
+    <w:rsid w:val="00342CCA"/>
     <w:rsid w:val="00343412"/>
-    <w:rsid w:val="003435EA"/>
     <w:rsid w:val="0034627E"/>
     <w:rsid w:val="003523FF"/>
     <w:rsid w:val="00362CCD"/>
     <w:rsid w:val="003709A9"/>
     <w:rsid w:val="0037597B"/>
     <w:rsid w:val="00377D57"/>
+    <w:rsid w:val="0038416A"/>
     <w:rsid w:val="0038623C"/>
     <w:rsid w:val="0039041E"/>
     <w:rsid w:val="003942ED"/>
     <w:rsid w:val="003952E8"/>
+    <w:rsid w:val="003955F5"/>
     <w:rsid w:val="003955FD"/>
     <w:rsid w:val="00397E55"/>
     <w:rsid w:val="003A1AE9"/>
     <w:rsid w:val="003A23CA"/>
     <w:rsid w:val="003A3D97"/>
     <w:rsid w:val="003A6939"/>
     <w:rsid w:val="003B2FE9"/>
+    <w:rsid w:val="003B47F0"/>
     <w:rsid w:val="003C3164"/>
-    <w:rsid w:val="003F67A2"/>
+    <w:rsid w:val="003F4D64"/>
     <w:rsid w:val="003F738A"/>
+    <w:rsid w:val="00402662"/>
     <w:rsid w:val="00405C43"/>
     <w:rsid w:val="00417847"/>
     <w:rsid w:val="00421A75"/>
     <w:rsid w:val="00423589"/>
     <w:rsid w:val="00424311"/>
     <w:rsid w:val="004273F0"/>
     <w:rsid w:val="00430784"/>
     <w:rsid w:val="00432A31"/>
     <w:rsid w:val="0043695F"/>
-    <w:rsid w:val="00437540"/>
     <w:rsid w:val="00441544"/>
     <w:rsid w:val="004469E1"/>
-    <w:rsid w:val="00447414"/>
     <w:rsid w:val="00450449"/>
     <w:rsid w:val="00450C63"/>
     <w:rsid w:val="00451502"/>
+    <w:rsid w:val="00460567"/>
     <w:rsid w:val="00460EFB"/>
     <w:rsid w:val="00461331"/>
     <w:rsid w:val="00463E4F"/>
-    <w:rsid w:val="00465840"/>
     <w:rsid w:val="0047381D"/>
     <w:rsid w:val="00473D63"/>
     <w:rsid w:val="00481F8B"/>
     <w:rsid w:val="004830D1"/>
     <w:rsid w:val="004905BD"/>
     <w:rsid w:val="004915D6"/>
     <w:rsid w:val="00493163"/>
     <w:rsid w:val="004A1799"/>
     <w:rsid w:val="004A63B9"/>
-    <w:rsid w:val="004B2019"/>
+    <w:rsid w:val="004A7F2A"/>
     <w:rsid w:val="004B2839"/>
     <w:rsid w:val="004B29A3"/>
     <w:rsid w:val="004B2D2A"/>
     <w:rsid w:val="004B337E"/>
     <w:rsid w:val="004C1EE1"/>
     <w:rsid w:val="004C4552"/>
-    <w:rsid w:val="004C4C65"/>
+    <w:rsid w:val="004C4EEF"/>
     <w:rsid w:val="004C6FA2"/>
     <w:rsid w:val="004D1D34"/>
     <w:rsid w:val="004D236F"/>
     <w:rsid w:val="004E238E"/>
     <w:rsid w:val="004E2474"/>
     <w:rsid w:val="004E784A"/>
     <w:rsid w:val="004F0F79"/>
     <w:rsid w:val="004F20EA"/>
+    <w:rsid w:val="004F4BC9"/>
     <w:rsid w:val="004F50E8"/>
     <w:rsid w:val="005004E7"/>
     <w:rsid w:val="00504E17"/>
+    <w:rsid w:val="00505868"/>
     <w:rsid w:val="005079DA"/>
     <w:rsid w:val="00512C1A"/>
     <w:rsid w:val="005225D5"/>
     <w:rsid w:val="005233D6"/>
     <w:rsid w:val="005236D6"/>
     <w:rsid w:val="005253FF"/>
     <w:rsid w:val="005254D5"/>
     <w:rsid w:val="005312F6"/>
+    <w:rsid w:val="005315C9"/>
     <w:rsid w:val="0053374E"/>
     <w:rsid w:val="005421A0"/>
     <w:rsid w:val="00542F65"/>
-    <w:rsid w:val="005660E4"/>
+    <w:rsid w:val="005449E7"/>
     <w:rsid w:val="005703AD"/>
+    <w:rsid w:val="00580ED3"/>
     <w:rsid w:val="005825A2"/>
     <w:rsid w:val="00585A26"/>
     <w:rsid w:val="00586E11"/>
     <w:rsid w:val="00591757"/>
     <w:rsid w:val="005A317F"/>
     <w:rsid w:val="005A7A9E"/>
     <w:rsid w:val="005B0381"/>
     <w:rsid w:val="005B794C"/>
     <w:rsid w:val="005C22DE"/>
     <w:rsid w:val="005C7169"/>
     <w:rsid w:val="005D15C0"/>
     <w:rsid w:val="005D3CD7"/>
+    <w:rsid w:val="005D4D1A"/>
     <w:rsid w:val="005D5ED1"/>
     <w:rsid w:val="005D7FC5"/>
     <w:rsid w:val="005E09E1"/>
     <w:rsid w:val="005E0C9C"/>
     <w:rsid w:val="005E7ADC"/>
     <w:rsid w:val="005F1104"/>
     <w:rsid w:val="005F4F4B"/>
     <w:rsid w:val="005F6408"/>
     <w:rsid w:val="006004DB"/>
     <w:rsid w:val="00613A0A"/>
     <w:rsid w:val="00620AF4"/>
     <w:rsid w:val="00623F6E"/>
     <w:rsid w:val="00624EAF"/>
-    <w:rsid w:val="00625D2E"/>
     <w:rsid w:val="00627EB0"/>
-    <w:rsid w:val="00633CDF"/>
-    <w:rsid w:val="006355F7"/>
     <w:rsid w:val="006359B7"/>
     <w:rsid w:val="00636A50"/>
     <w:rsid w:val="006404CE"/>
     <w:rsid w:val="0064172A"/>
     <w:rsid w:val="00642AA2"/>
     <w:rsid w:val="00643A7A"/>
     <w:rsid w:val="00653788"/>
     <w:rsid w:val="006541BA"/>
     <w:rsid w:val="006553D8"/>
     <w:rsid w:val="00661741"/>
     <w:rsid w:val="00662171"/>
     <w:rsid w:val="0066401C"/>
     <w:rsid w:val="00665E06"/>
     <w:rsid w:val="00667E2B"/>
     <w:rsid w:val="00671742"/>
     <w:rsid w:val="00672430"/>
     <w:rsid w:val="00673420"/>
     <w:rsid w:val="00675072"/>
     <w:rsid w:val="00675552"/>
     <w:rsid w:val="00682467"/>
+    <w:rsid w:val="00684BE3"/>
     <w:rsid w:val="006951F6"/>
     <w:rsid w:val="0069744C"/>
     <w:rsid w:val="006A2192"/>
     <w:rsid w:val="006A5FC5"/>
     <w:rsid w:val="006B019D"/>
     <w:rsid w:val="006B76AF"/>
     <w:rsid w:val="006C1264"/>
+    <w:rsid w:val="006C5DFC"/>
     <w:rsid w:val="006C6D73"/>
     <w:rsid w:val="006C7C77"/>
     <w:rsid w:val="006C7E43"/>
     <w:rsid w:val="006D3043"/>
     <w:rsid w:val="006D55D8"/>
     <w:rsid w:val="006E195C"/>
     <w:rsid w:val="006E201B"/>
+    <w:rsid w:val="006E3ECA"/>
+    <w:rsid w:val="007034AF"/>
     <w:rsid w:val="0070375C"/>
     <w:rsid w:val="007049CF"/>
     <w:rsid w:val="0070657A"/>
     <w:rsid w:val="007130FD"/>
+    <w:rsid w:val="0071A0D3"/>
+    <w:rsid w:val="007251FD"/>
     <w:rsid w:val="00725F05"/>
     <w:rsid w:val="00727607"/>
     <w:rsid w:val="007328F4"/>
     <w:rsid w:val="00732931"/>
+    <w:rsid w:val="00733455"/>
     <w:rsid w:val="0073354D"/>
     <w:rsid w:val="00750BB8"/>
     <w:rsid w:val="00751E1C"/>
     <w:rsid w:val="00752F15"/>
-    <w:rsid w:val="00755CB2"/>
     <w:rsid w:val="007618FD"/>
-    <w:rsid w:val="007623BA"/>
     <w:rsid w:val="00771506"/>
+    <w:rsid w:val="00771A16"/>
+    <w:rsid w:val="00774694"/>
+    <w:rsid w:val="00782C1F"/>
     <w:rsid w:val="007840E4"/>
     <w:rsid w:val="0078775E"/>
+    <w:rsid w:val="00790CB8"/>
     <w:rsid w:val="00795451"/>
     <w:rsid w:val="00795D39"/>
     <w:rsid w:val="00795DA5"/>
+    <w:rsid w:val="007A0663"/>
     <w:rsid w:val="007A0964"/>
     <w:rsid w:val="007A7123"/>
     <w:rsid w:val="007B0C99"/>
+    <w:rsid w:val="007B4036"/>
     <w:rsid w:val="007B5251"/>
     <w:rsid w:val="007B68A9"/>
     <w:rsid w:val="007B76C1"/>
     <w:rsid w:val="007C56FC"/>
-    <w:rsid w:val="007C5FA5"/>
     <w:rsid w:val="007D23B9"/>
     <w:rsid w:val="007D5AE7"/>
     <w:rsid w:val="007D722D"/>
-    <w:rsid w:val="007E61F5"/>
-    <w:rsid w:val="007E7291"/>
+    <w:rsid w:val="007E20B7"/>
+    <w:rsid w:val="007F3D09"/>
+    <w:rsid w:val="007F6A11"/>
+    <w:rsid w:val="00815C32"/>
+    <w:rsid w:val="008165A6"/>
     <w:rsid w:val="008172B9"/>
     <w:rsid w:val="008214D2"/>
     <w:rsid w:val="00827FF2"/>
-    <w:rsid w:val="00836D32"/>
+    <w:rsid w:val="00840FE8"/>
     <w:rsid w:val="008420BF"/>
     <w:rsid w:val="00851FD7"/>
+    <w:rsid w:val="00853B55"/>
     <w:rsid w:val="00862910"/>
     <w:rsid w:val="00866AE5"/>
     <w:rsid w:val="00867417"/>
     <w:rsid w:val="008871E5"/>
     <w:rsid w:val="008936B7"/>
     <w:rsid w:val="008945BC"/>
-    <w:rsid w:val="00897B93"/>
     <w:rsid w:val="008B0412"/>
     <w:rsid w:val="008B23EB"/>
     <w:rsid w:val="008B50D5"/>
     <w:rsid w:val="008D0E3C"/>
     <w:rsid w:val="008D15B0"/>
-    <w:rsid w:val="008D556B"/>
     <w:rsid w:val="008D64DD"/>
     <w:rsid w:val="008D710D"/>
+    <w:rsid w:val="008F118D"/>
+    <w:rsid w:val="008F6180"/>
     <w:rsid w:val="00907904"/>
     <w:rsid w:val="00910A69"/>
     <w:rsid w:val="00911932"/>
     <w:rsid w:val="00913DAA"/>
     <w:rsid w:val="00914EF9"/>
     <w:rsid w:val="009233FF"/>
     <w:rsid w:val="00924AA1"/>
     <w:rsid w:val="009253B2"/>
+    <w:rsid w:val="00926A8D"/>
     <w:rsid w:val="00927EAC"/>
     <w:rsid w:val="00941564"/>
     <w:rsid w:val="00944DCE"/>
+    <w:rsid w:val="009506CA"/>
     <w:rsid w:val="00952E50"/>
     <w:rsid w:val="00953260"/>
     <w:rsid w:val="00954047"/>
+    <w:rsid w:val="009559E0"/>
     <w:rsid w:val="0096044D"/>
+    <w:rsid w:val="00961B28"/>
     <w:rsid w:val="00961CBF"/>
     <w:rsid w:val="009637B8"/>
     <w:rsid w:val="00967883"/>
     <w:rsid w:val="00974FEA"/>
     <w:rsid w:val="00977C12"/>
+    <w:rsid w:val="009850F3"/>
     <w:rsid w:val="009862AA"/>
     <w:rsid w:val="009965AB"/>
     <w:rsid w:val="009968D7"/>
     <w:rsid w:val="009A4834"/>
     <w:rsid w:val="009C0007"/>
     <w:rsid w:val="009C3056"/>
     <w:rsid w:val="009C3DAC"/>
     <w:rsid w:val="009D0598"/>
     <w:rsid w:val="009D698C"/>
+    <w:rsid w:val="009F1CA8"/>
     <w:rsid w:val="009F23B9"/>
     <w:rsid w:val="009F581F"/>
     <w:rsid w:val="00A001F1"/>
     <w:rsid w:val="00A02D93"/>
     <w:rsid w:val="00A10C1B"/>
     <w:rsid w:val="00A21F38"/>
     <w:rsid w:val="00A3309C"/>
     <w:rsid w:val="00A44A82"/>
     <w:rsid w:val="00A46449"/>
     <w:rsid w:val="00A47F19"/>
     <w:rsid w:val="00A54B57"/>
     <w:rsid w:val="00A54C45"/>
     <w:rsid w:val="00A561B5"/>
     <w:rsid w:val="00A5744E"/>
     <w:rsid w:val="00A577A5"/>
     <w:rsid w:val="00A63A5C"/>
+    <w:rsid w:val="00A65569"/>
+    <w:rsid w:val="00A721F4"/>
     <w:rsid w:val="00A77315"/>
     <w:rsid w:val="00A80E0F"/>
+    <w:rsid w:val="00A86E07"/>
     <w:rsid w:val="00A91B07"/>
     <w:rsid w:val="00A93B87"/>
     <w:rsid w:val="00A93E65"/>
     <w:rsid w:val="00A95F21"/>
     <w:rsid w:val="00A96E79"/>
     <w:rsid w:val="00AA213A"/>
     <w:rsid w:val="00AA3A30"/>
     <w:rsid w:val="00AA5779"/>
     <w:rsid w:val="00AA7AB2"/>
     <w:rsid w:val="00AB23AC"/>
+    <w:rsid w:val="00AB6FF3"/>
+    <w:rsid w:val="00AC6E65"/>
     <w:rsid w:val="00AD4087"/>
     <w:rsid w:val="00AE3426"/>
     <w:rsid w:val="00AE486E"/>
     <w:rsid w:val="00AE5245"/>
+    <w:rsid w:val="00AE5D5D"/>
+    <w:rsid w:val="00AE6C01"/>
+    <w:rsid w:val="00AE74EC"/>
     <w:rsid w:val="00AE7A80"/>
     <w:rsid w:val="00AF5642"/>
     <w:rsid w:val="00B061D4"/>
     <w:rsid w:val="00B11709"/>
+    <w:rsid w:val="00B22DC9"/>
     <w:rsid w:val="00B24081"/>
     <w:rsid w:val="00B310D8"/>
     <w:rsid w:val="00B32FA1"/>
+    <w:rsid w:val="00B332DA"/>
     <w:rsid w:val="00B36B1A"/>
     <w:rsid w:val="00B4255A"/>
     <w:rsid w:val="00B46961"/>
     <w:rsid w:val="00B72873"/>
     <w:rsid w:val="00B77687"/>
     <w:rsid w:val="00B814AF"/>
     <w:rsid w:val="00B828F4"/>
+    <w:rsid w:val="00B903EC"/>
     <w:rsid w:val="00B90556"/>
     <w:rsid w:val="00B96518"/>
     <w:rsid w:val="00BA3B8A"/>
-    <w:rsid w:val="00BC01B8"/>
     <w:rsid w:val="00BC025E"/>
     <w:rsid w:val="00BC1D2B"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BD2E59"/>
+    <w:rsid w:val="00BE1231"/>
     <w:rsid w:val="00BE2986"/>
     <w:rsid w:val="00BE5E1E"/>
     <w:rsid w:val="00BF08F9"/>
     <w:rsid w:val="00BF4646"/>
     <w:rsid w:val="00BF6A25"/>
     <w:rsid w:val="00BF7C89"/>
     <w:rsid w:val="00C03233"/>
-    <w:rsid w:val="00C056CA"/>
+    <w:rsid w:val="00C11995"/>
+    <w:rsid w:val="00C147AB"/>
     <w:rsid w:val="00C20D01"/>
     <w:rsid w:val="00C26B8B"/>
+    <w:rsid w:val="00C300DB"/>
+    <w:rsid w:val="00C31283"/>
     <w:rsid w:val="00C43965"/>
     <w:rsid w:val="00C47041"/>
     <w:rsid w:val="00C502BE"/>
     <w:rsid w:val="00C545C7"/>
     <w:rsid w:val="00C563EB"/>
-    <w:rsid w:val="00C610C8"/>
     <w:rsid w:val="00C618B2"/>
     <w:rsid w:val="00C65A9B"/>
+    <w:rsid w:val="00C70524"/>
     <w:rsid w:val="00C71ACE"/>
+    <w:rsid w:val="00C71E8D"/>
     <w:rsid w:val="00C76CE6"/>
+    <w:rsid w:val="00C7EBAD"/>
+    <w:rsid w:val="00C8177A"/>
     <w:rsid w:val="00C84201"/>
     <w:rsid w:val="00C86761"/>
+    <w:rsid w:val="00C93329"/>
     <w:rsid w:val="00C93D7C"/>
     <w:rsid w:val="00C94DA1"/>
+    <w:rsid w:val="00C96E58"/>
     <w:rsid w:val="00CA0190"/>
     <w:rsid w:val="00CA214A"/>
     <w:rsid w:val="00CA32DD"/>
     <w:rsid w:val="00CA3340"/>
     <w:rsid w:val="00CA3787"/>
-    <w:rsid w:val="00CA561B"/>
     <w:rsid w:val="00CC45C9"/>
     <w:rsid w:val="00CC526D"/>
     <w:rsid w:val="00CC581B"/>
     <w:rsid w:val="00CC735B"/>
     <w:rsid w:val="00CD1DF7"/>
     <w:rsid w:val="00CD4661"/>
     <w:rsid w:val="00CE230F"/>
     <w:rsid w:val="00CE4562"/>
     <w:rsid w:val="00CE7EAC"/>
     <w:rsid w:val="00CF045D"/>
     <w:rsid w:val="00CF1503"/>
     <w:rsid w:val="00D04883"/>
     <w:rsid w:val="00D04FB3"/>
     <w:rsid w:val="00D14653"/>
     <w:rsid w:val="00D209C3"/>
     <w:rsid w:val="00D20CF1"/>
+    <w:rsid w:val="00D32D90"/>
     <w:rsid w:val="00D37FEC"/>
+    <w:rsid w:val="00D40091"/>
     <w:rsid w:val="00D41489"/>
+    <w:rsid w:val="00D53F17"/>
     <w:rsid w:val="00D601F7"/>
     <w:rsid w:val="00D622A1"/>
     <w:rsid w:val="00D649F9"/>
     <w:rsid w:val="00D652FF"/>
     <w:rsid w:val="00D67E57"/>
     <w:rsid w:val="00D71F11"/>
     <w:rsid w:val="00D80145"/>
     <w:rsid w:val="00D808BE"/>
     <w:rsid w:val="00D85875"/>
     <w:rsid w:val="00D90519"/>
     <w:rsid w:val="00DA10C8"/>
     <w:rsid w:val="00DA60C0"/>
     <w:rsid w:val="00DA753C"/>
     <w:rsid w:val="00DB1222"/>
     <w:rsid w:val="00DB4145"/>
     <w:rsid w:val="00DB6D7B"/>
     <w:rsid w:val="00DC4346"/>
     <w:rsid w:val="00DD3327"/>
-    <w:rsid w:val="00DD5F43"/>
     <w:rsid w:val="00DE23D0"/>
     <w:rsid w:val="00DF06C5"/>
     <w:rsid w:val="00DF3D6E"/>
     <w:rsid w:val="00DF6BA6"/>
     <w:rsid w:val="00E004EC"/>
     <w:rsid w:val="00E06306"/>
     <w:rsid w:val="00E07BAD"/>
+    <w:rsid w:val="00E106C6"/>
     <w:rsid w:val="00E117CD"/>
+    <w:rsid w:val="00E14BAB"/>
     <w:rsid w:val="00E2072C"/>
     <w:rsid w:val="00E252DF"/>
+    <w:rsid w:val="00E26D8E"/>
     <w:rsid w:val="00E34C55"/>
     <w:rsid w:val="00E35A0D"/>
     <w:rsid w:val="00E40771"/>
     <w:rsid w:val="00E413BB"/>
     <w:rsid w:val="00E45D5F"/>
+    <w:rsid w:val="00E4788F"/>
     <w:rsid w:val="00E515D7"/>
+    <w:rsid w:val="00E55014"/>
     <w:rsid w:val="00E57CF8"/>
     <w:rsid w:val="00E618EA"/>
     <w:rsid w:val="00E666DA"/>
     <w:rsid w:val="00E667A2"/>
     <w:rsid w:val="00E66E1C"/>
     <w:rsid w:val="00E74360"/>
     <w:rsid w:val="00E75683"/>
     <w:rsid w:val="00E76877"/>
     <w:rsid w:val="00E81D5F"/>
+    <w:rsid w:val="00E9606A"/>
     <w:rsid w:val="00EA0DF7"/>
+    <w:rsid w:val="00EA3CA9"/>
     <w:rsid w:val="00EA4DA5"/>
     <w:rsid w:val="00EA4E0B"/>
     <w:rsid w:val="00EA5F22"/>
     <w:rsid w:val="00EB0A03"/>
     <w:rsid w:val="00EB2787"/>
     <w:rsid w:val="00EB4DA2"/>
     <w:rsid w:val="00EC3171"/>
     <w:rsid w:val="00EC337A"/>
+    <w:rsid w:val="00EC4F48"/>
     <w:rsid w:val="00EC6AE1"/>
     <w:rsid w:val="00EC73EB"/>
+    <w:rsid w:val="00ED07F4"/>
     <w:rsid w:val="00ED0AEA"/>
     <w:rsid w:val="00ED3A05"/>
     <w:rsid w:val="00ED6330"/>
     <w:rsid w:val="00EE572E"/>
+    <w:rsid w:val="00EE7144"/>
     <w:rsid w:val="00EE7B76"/>
     <w:rsid w:val="00EF0600"/>
     <w:rsid w:val="00EF0CBD"/>
     <w:rsid w:val="00EF6BA4"/>
     <w:rsid w:val="00EF790A"/>
     <w:rsid w:val="00F0063B"/>
     <w:rsid w:val="00F04FC4"/>
     <w:rsid w:val="00F145EE"/>
     <w:rsid w:val="00F14F09"/>
-    <w:rsid w:val="00F167D8"/>
+    <w:rsid w:val="00F16786"/>
     <w:rsid w:val="00F173BF"/>
+    <w:rsid w:val="00F23F57"/>
     <w:rsid w:val="00F266D4"/>
     <w:rsid w:val="00F3457A"/>
     <w:rsid w:val="00F40DA3"/>
     <w:rsid w:val="00F42D6E"/>
+    <w:rsid w:val="00F46641"/>
     <w:rsid w:val="00F478B9"/>
     <w:rsid w:val="00F508D1"/>
-    <w:rsid w:val="00F51459"/>
     <w:rsid w:val="00F5547E"/>
     <w:rsid w:val="00F56D8B"/>
     <w:rsid w:val="00F5724F"/>
     <w:rsid w:val="00F61B32"/>
     <w:rsid w:val="00F6236A"/>
+    <w:rsid w:val="00F63EDE"/>
     <w:rsid w:val="00F642A0"/>
+    <w:rsid w:val="00F6637D"/>
     <w:rsid w:val="00F70D9F"/>
     <w:rsid w:val="00F83201"/>
     <w:rsid w:val="00F845A1"/>
     <w:rsid w:val="00F84EFC"/>
     <w:rsid w:val="00F90F2F"/>
     <w:rsid w:val="00F93EA6"/>
     <w:rsid w:val="00F9592F"/>
-    <w:rsid w:val="00FA0D0F"/>
+    <w:rsid w:val="00FA3CB9"/>
     <w:rsid w:val="00FA4441"/>
     <w:rsid w:val="00FA5C2A"/>
     <w:rsid w:val="00FA7AC1"/>
     <w:rsid w:val="00FB0DAC"/>
     <w:rsid w:val="00FB108C"/>
     <w:rsid w:val="00FC14D5"/>
     <w:rsid w:val="00FC1C36"/>
     <w:rsid w:val="00FD2E93"/>
-    <w:rsid w:val="00FD41B1"/>
     <w:rsid w:val="00FD43F9"/>
     <w:rsid w:val="00FD5FED"/>
     <w:rsid w:val="00FE2582"/>
+    <w:rsid w:val="00FE2FB5"/>
     <w:rsid w:val="00FE40D6"/>
     <w:rsid w:val="00FF5CCF"/>
     <w:rsid w:val="00FF6E67"/>
     <w:rsid w:val="00FF7DC4"/>
-    <w:rsid w:val="05B28607"/>
-[...5 lines deleted...]
-    <w:rsid w:val="64D60FF4"/>
+    <w:rsid w:val="017418B1"/>
+    <w:rsid w:val="01B9DD9D"/>
+    <w:rsid w:val="0255B218"/>
+    <w:rsid w:val="0354A886"/>
+    <w:rsid w:val="05500296"/>
+    <w:rsid w:val="05BF5C71"/>
+    <w:rsid w:val="06002A8F"/>
+    <w:rsid w:val="065D9496"/>
+    <w:rsid w:val="06A80FCD"/>
+    <w:rsid w:val="08AA886F"/>
+    <w:rsid w:val="08B99BF1"/>
+    <w:rsid w:val="08C38D0B"/>
+    <w:rsid w:val="08C86457"/>
+    <w:rsid w:val="08D5FE32"/>
+    <w:rsid w:val="092162C9"/>
+    <w:rsid w:val="0B337F40"/>
+    <w:rsid w:val="0B944085"/>
+    <w:rsid w:val="0D665212"/>
+    <w:rsid w:val="0DCF3D01"/>
+    <w:rsid w:val="0E1AE4A5"/>
+    <w:rsid w:val="0E2AF321"/>
+    <w:rsid w:val="0EDB5E4F"/>
+    <w:rsid w:val="0F186818"/>
+    <w:rsid w:val="1036A6CA"/>
+    <w:rsid w:val="136BF8AA"/>
+    <w:rsid w:val="1387C974"/>
+    <w:rsid w:val="148C0726"/>
+    <w:rsid w:val="14F87F91"/>
+    <w:rsid w:val="168DFF15"/>
+    <w:rsid w:val="16B838FE"/>
+    <w:rsid w:val="16BE5034"/>
+    <w:rsid w:val="1870948A"/>
+    <w:rsid w:val="18C3A26A"/>
+    <w:rsid w:val="1940F06F"/>
+    <w:rsid w:val="194728AD"/>
+    <w:rsid w:val="19A676B8"/>
+    <w:rsid w:val="1ADF4F01"/>
+    <w:rsid w:val="1B3F874E"/>
+    <w:rsid w:val="1C93B536"/>
+    <w:rsid w:val="1DC363F5"/>
+    <w:rsid w:val="1E39F9D3"/>
+    <w:rsid w:val="1F742ECF"/>
+    <w:rsid w:val="1FC4B6F9"/>
+    <w:rsid w:val="205AC29C"/>
+    <w:rsid w:val="2130F4EE"/>
+    <w:rsid w:val="21EDB0A4"/>
+    <w:rsid w:val="21FBFCBA"/>
+    <w:rsid w:val="22603474"/>
+    <w:rsid w:val="228D3D19"/>
+    <w:rsid w:val="229E9A01"/>
+    <w:rsid w:val="22A189B0"/>
+    <w:rsid w:val="23110540"/>
+    <w:rsid w:val="23B57F74"/>
+    <w:rsid w:val="23BC627E"/>
+    <w:rsid w:val="244419F1"/>
+    <w:rsid w:val="24722842"/>
+    <w:rsid w:val="24D6B410"/>
+    <w:rsid w:val="253E23C7"/>
+    <w:rsid w:val="2623E6B5"/>
+    <w:rsid w:val="26D0ECD8"/>
+    <w:rsid w:val="28B98306"/>
+    <w:rsid w:val="2AC94067"/>
+    <w:rsid w:val="2C0D0ECF"/>
+    <w:rsid w:val="2CEC6135"/>
+    <w:rsid w:val="2E9AA7D7"/>
+    <w:rsid w:val="2EF48548"/>
+    <w:rsid w:val="2F46B9BB"/>
+    <w:rsid w:val="2FC73CC3"/>
+    <w:rsid w:val="3343EBD5"/>
+    <w:rsid w:val="33DFCA62"/>
+    <w:rsid w:val="34103974"/>
+    <w:rsid w:val="35B0F92D"/>
+    <w:rsid w:val="3678BF4B"/>
+    <w:rsid w:val="372F4284"/>
+    <w:rsid w:val="3794C025"/>
+    <w:rsid w:val="383ECB8B"/>
+    <w:rsid w:val="38EEDD69"/>
+    <w:rsid w:val="3934898B"/>
+    <w:rsid w:val="39767EDA"/>
+    <w:rsid w:val="3A26E1E8"/>
+    <w:rsid w:val="3ADC3E8D"/>
+    <w:rsid w:val="3AE31C30"/>
+    <w:rsid w:val="3C6C6512"/>
+    <w:rsid w:val="3CF3EEB8"/>
+    <w:rsid w:val="3D14E6A6"/>
+    <w:rsid w:val="3DAD9ABD"/>
+    <w:rsid w:val="3ED998E9"/>
+    <w:rsid w:val="3F3F91D1"/>
+    <w:rsid w:val="3FB0CC4D"/>
+    <w:rsid w:val="409C3A4D"/>
+    <w:rsid w:val="40C65857"/>
+    <w:rsid w:val="40E4B999"/>
+    <w:rsid w:val="41D18D5C"/>
+    <w:rsid w:val="421243BA"/>
+    <w:rsid w:val="42957B3A"/>
+    <w:rsid w:val="44DCEE68"/>
+    <w:rsid w:val="44DF581E"/>
+    <w:rsid w:val="465D217E"/>
+    <w:rsid w:val="477F8422"/>
+    <w:rsid w:val="4A51527F"/>
+    <w:rsid w:val="4A684714"/>
+    <w:rsid w:val="4A6DEA94"/>
+    <w:rsid w:val="4AED5415"/>
+    <w:rsid w:val="4B6651D4"/>
+    <w:rsid w:val="4B68D4D2"/>
+    <w:rsid w:val="4B894BB3"/>
+    <w:rsid w:val="4BF4B260"/>
+    <w:rsid w:val="4C74479A"/>
+    <w:rsid w:val="4D152EF9"/>
+    <w:rsid w:val="4D8918F4"/>
+    <w:rsid w:val="4E22D962"/>
+    <w:rsid w:val="4F4B538E"/>
+    <w:rsid w:val="50874360"/>
+    <w:rsid w:val="50B20EB7"/>
+    <w:rsid w:val="50B22CC9"/>
+    <w:rsid w:val="537E3238"/>
+    <w:rsid w:val="5474A44A"/>
+    <w:rsid w:val="54DA15D5"/>
+    <w:rsid w:val="55694564"/>
+    <w:rsid w:val="55A71B83"/>
+    <w:rsid w:val="566008FE"/>
+    <w:rsid w:val="56B2B2C8"/>
+    <w:rsid w:val="56FA0E8C"/>
+    <w:rsid w:val="579C6270"/>
+    <w:rsid w:val="57F28BDF"/>
+    <w:rsid w:val="589D4EEE"/>
+    <w:rsid w:val="58EA573D"/>
+    <w:rsid w:val="5926D0A2"/>
+    <w:rsid w:val="59551EE0"/>
+    <w:rsid w:val="59BD8931"/>
+    <w:rsid w:val="5AAC8DBB"/>
+    <w:rsid w:val="5AADBD9E"/>
+    <w:rsid w:val="5AE65C6D"/>
+    <w:rsid w:val="5C535D6F"/>
+    <w:rsid w:val="5C69C90C"/>
+    <w:rsid w:val="5CD0BFB8"/>
+    <w:rsid w:val="5D2C15AE"/>
+    <w:rsid w:val="5D56C54B"/>
+    <w:rsid w:val="5DCE0171"/>
+    <w:rsid w:val="5F09BD58"/>
+    <w:rsid w:val="5FA1F2C8"/>
+    <w:rsid w:val="5FBDF197"/>
+    <w:rsid w:val="5FD51E30"/>
+    <w:rsid w:val="6069EE24"/>
+    <w:rsid w:val="60B5D4C6"/>
+    <w:rsid w:val="60C4B032"/>
+    <w:rsid w:val="615B0835"/>
+    <w:rsid w:val="62432ED4"/>
+    <w:rsid w:val="624E94B6"/>
+    <w:rsid w:val="62B80AA9"/>
+    <w:rsid w:val="62EB3AD7"/>
+    <w:rsid w:val="6420C0B6"/>
+    <w:rsid w:val="647A4236"/>
+    <w:rsid w:val="6535D619"/>
+    <w:rsid w:val="6641EA84"/>
+    <w:rsid w:val="67650EF1"/>
+    <w:rsid w:val="677BF91C"/>
+    <w:rsid w:val="69707B75"/>
+    <w:rsid w:val="69DC6D43"/>
+    <w:rsid w:val="6A6C8671"/>
+    <w:rsid w:val="6A97F0B4"/>
+    <w:rsid w:val="6ACD2CB8"/>
+    <w:rsid w:val="6B16A8B3"/>
+    <w:rsid w:val="6B997DFD"/>
+    <w:rsid w:val="6C1CCAB5"/>
+    <w:rsid w:val="6C28E744"/>
+    <w:rsid w:val="6C2F6CB5"/>
+    <w:rsid w:val="6D47AC92"/>
+    <w:rsid w:val="6D7B3FA5"/>
+    <w:rsid w:val="6D7D99DB"/>
+    <w:rsid w:val="6DA7638C"/>
+    <w:rsid w:val="70B5AAE8"/>
+    <w:rsid w:val="716DDBAF"/>
+    <w:rsid w:val="71B67953"/>
+    <w:rsid w:val="73B90BD4"/>
+    <w:rsid w:val="73C9B000"/>
+    <w:rsid w:val="73ECC4DD"/>
+    <w:rsid w:val="7486C119"/>
+    <w:rsid w:val="7501FF3C"/>
+    <w:rsid w:val="750AC5E7"/>
+    <w:rsid w:val="7513C4FA"/>
+    <w:rsid w:val="75834381"/>
+    <w:rsid w:val="75E98ABB"/>
+    <w:rsid w:val="7633754D"/>
+    <w:rsid w:val="775D1E6C"/>
+    <w:rsid w:val="795243F9"/>
+    <w:rsid w:val="7A52E520"/>
+    <w:rsid w:val="7A67FCD7"/>
+    <w:rsid w:val="7B2226C3"/>
+    <w:rsid w:val="7BB3205F"/>
+    <w:rsid w:val="7BB5F6B3"/>
+    <w:rsid w:val="7BF22BED"/>
+    <w:rsid w:val="7DA50DD7"/>
+    <w:rsid w:val="7DEEB9E4"/>
+    <w:rsid w:val="7DF4ACD3"/>
+    <w:rsid w:val="7ECBE90A"/>
+    <w:rsid w:val="7EE1D799"/>
+    <w:rsid w:val="7F84FB17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F13A31C"/>
-  <w15:docId w15:val="{5EF73C3E-AFE7-BA49-8991-CC7DBE2B6E27}"/>
+  <w15:docId w15:val="{C39005FF-A5F3-4AA0-9D97-CFE61922DADA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Tahoma" w:eastAsia="Times" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Times" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="180" w:line="280" w:lineRule="exact"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -27934,51 +29427,51 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -28042,52 +29535,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -28154,72 +29647,72 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="180" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="32"/>
       <w:sz w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00636A50"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="480" w:after="240"/>
       <w:outlineLvl w:val="1"/>
@@ -28254,796 +29747,796 @@
     <w:link w:val="Heading4Char"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Heading4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:ind w:left="567"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="53"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1701"/>
       </w:tabs>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="ListNumbers">
+  <w:style w:type="numbering" w:styleId="ListNumbers" w:customStyle="1">
     <w:name w:val="ListNumbers"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="32"/>
       <w:sz w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00636A50"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading3numbered">
+  <w:style w:type="paragraph" w:styleId="Heading3numbered" w:customStyle="1">
     <w:name w:val="Heading 3 numbered"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="567"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading4numbered">
+  <w:style w:type="paragraph" w:styleId="Heading4numbered" w:customStyle="1">
     <w:name w:val="Heading 4 numbered"/>
     <w:basedOn w:val="Heading4"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="567"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading5numbered">
+  <w:style w:type="paragraph" w:styleId="Heading5numbered" w:customStyle="1">
     <w:name w:val="Heading 5 numbered"/>
     <w:basedOn w:val="Heading5"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="567"/>
         <w:tab w:val="left" w:pos="1134"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00FC1C36"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="32"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="32"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalindented">
+  <w:style w:type="paragraph" w:styleId="Normalindented" w:customStyle="1">
     <w:name w:val="Normal indented"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:ind w:left="340"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="Headings">
+  <w:style w:type="numbering" w:styleId="Headings" w:customStyle="1">
     <w:name w:val="Headings"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="53"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="360"/>
         <w:tab w:val="left" w:pos="680"/>
         <w:tab w:val="left" w:pos="1021"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="53"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1361"/>
         <w:tab w:val="num" w:pos="360"/>
         <w:tab w:val="left" w:pos="1021"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="53"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1758"/>
         <w:tab w:val="num" w:pos="360"/>
       </w:tabs>
       <w:spacing w:before="20" w:after="40"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="53"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2155"/>
         <w:tab w:val="num" w:pos="360"/>
       </w:tabs>
       <w:spacing w:before="20" w:after="40"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="ListBullets">
+  <w:style w:type="numbering" w:styleId="ListBullets" w:customStyle="1">
     <w:name w:val="ListBullets"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="340"/>
         <w:tab w:val="left" w:pos="680"/>
         <w:tab w:val="left" w:pos="1021"/>
       </w:tabs>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="4"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="680"/>
         <w:tab w:val="left" w:pos="1021"/>
       </w:tabs>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="4"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1021"/>
         <w:tab w:val="left" w:pos="1361"/>
       </w:tabs>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="4"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="20" w:after="40"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="4"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="20" w:after="40"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Briefingmainheading">
+  <w:style w:type="paragraph" w:styleId="Briefingmainheading" w:customStyle="1">
     <w:name w:val="Briefing main heading"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FA5C2A"/>
     <w:pPr>
       <w:spacing w:after="300"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="76"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalnumberedparas">
+  <w:style w:type="paragraph" w:styleId="Normalnumberedparas" w:customStyle="1">
     <w:name w:val="Normal numbered paras"/>
     <w:basedOn w:val="NormalIndent"/>
     <w:qFormat/>
     <w:rsid w:val="005312F6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="454"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="240"/>
       <w:ind w:left="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headingultralarge">
+  <w:style w:type="paragraph" w:styleId="Headingultralarge" w:customStyle="1">
     <w:name w:val="Heading ultra large"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:after="180"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005236D6"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="largeprint">
+  <w:style w:type="paragraph" w:styleId="largeprint" w:customStyle="1">
     <w:name w:val="largeprint"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="400" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-date">
+  <w:style w:type="paragraph" w:styleId="letter-date" w:customStyle="1">
     <w:name w:val="letter-date"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="140"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-reference">
+  <w:style w:type="paragraph" w:styleId="letter-reference" w:customStyle="1">
     <w:name w:val="letter-reference"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="460"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-salutation">
+  <w:style w:type="paragraph" w:styleId="letter-salutation" w:customStyle="1">
     <w:name w:val="letter-salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3721"/>
       </w:tabs>
       <w:spacing w:before="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalnospaceafterorbefore">
+  <w:style w:type="paragraph" w:styleId="Normalnospaceafterorbefore" w:customStyle="1">
     <w:name w:val="Normal no space after or before"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-signoff-contact-details">
+  <w:style w:type="paragraph" w:styleId="letter-signoff-contact-details" w:customStyle="1">
     <w:name w:val="letter-signoff-contact-details"/>
     <w:basedOn w:val="Normalnospaceafterorbefore"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-signoff-email">
+  <w:style w:type="paragraph" w:styleId="letter-signoff-email" w:customStyle="1">
     <w:name w:val="letter-signoff-email"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="180"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-signoff-job-title">
+  <w:style w:type="paragraph" w:styleId="letter-signoff-job-title" w:customStyle="1">
     <w:name w:val="letter-signoff-job-title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="180"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-signoff-name">
+  <w:style w:type="paragraph" w:styleId="letter-signoff-name" w:customStyle="1">
     <w:name w:val="letter-signoff-name"/>
     <w:basedOn w:val="Normalnospaceafterorbefore"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="1000"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="letter-subject-line">
+  <w:style w:type="paragraph" w:styleId="letter-subject-line" w:customStyle="1">
     <w:name w:val="letter-subject-line"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008D0E3C"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="23"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumbered">
+  <w:style w:type="paragraph" w:styleId="ListNumbered" w:customStyle="1">
     <w:name w:val="List Numbered"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
       <w:ind w:left="360" w:hanging="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalnumberedparas1">
+  <w:style w:type="paragraph" w:styleId="Normalnumberedparas1" w:customStyle="1">
     <w:name w:val="Normal numbered paras 1"/>
     <w:basedOn w:val="NormalIndent"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="454"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalnumberedparasa">
+  <w:style w:type="paragraph" w:styleId="Normalnumberedparasa" w:customStyle="1">
     <w:name w:val="Normal numbered paras a)"/>
     <w:basedOn w:val="Normalnumberedparas1"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="454"/>
         <w:tab w:val="left" w:pos="340"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prospectaddress">
+  <w:style w:type="paragraph" w:styleId="Prospectaddress" w:customStyle="1">
     <w:name w:val="Prospect address"/>
     <w:basedOn w:val="Footer"/>
     <w:qFormat/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGridLight1">
+  <w:style w:type="table" w:styleId="TableGridLight1" w:customStyle="1">
     <w:name w:val="Table Grid Light1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="005236D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normaltabletext">
+  <w:style w:type="paragraph" w:styleId="Normaltabletext" w:customStyle="1">
     <w:name w:val="Normal table text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000E7EF3"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="briefingsubjectline">
+  <w:style w:type="paragraph" w:styleId="briefingsubjectline" w:customStyle="1">
     <w:name w:val="briefing subject line"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FA5C2A"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="4"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+  <w:style w:type="character" w:styleId="UnresolvedMention1" w:customStyle="1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FA5C2A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA5C2A"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00952E50"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DA753C"/>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="480" w:after="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman (Headings CS)"/>
+      <w:rFonts w:cs="Times New Roman (Headings CS)" w:eastAsiaTheme="majorEastAsia"/>
       <w:bCs/>
       <w:color w:val="00264C" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F56D8B"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:ind w:left="420"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
@@ -29057,51 +30550,51 @@
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C71ACE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:before="0"/>
       <w:ind w:left="170"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri (Body)"/>
       <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00897B93"/>
+    <w:rsid w:val="00C71ACE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD4087"/>
     <w:pPr>
@@ -29182,311 +30675,332 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD4087"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:ind w:left="1680"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ProspectHeading1">
+  <w:style w:type="paragraph" w:styleId="ProspectHeading1" w:customStyle="1">
     <w:name w:val="Prospect Heading 1"/>
     <w:basedOn w:val="Heading1"/>
     <w:qFormat/>
     <w:rsid w:val="009D698C"/>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="480" w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="00A663"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A3D97"/>
     <w:pPr>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003A3D97"/>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="ProspectBectu">
+  <w:style w:type="table" w:styleId="ProspectBectu" w:customStyle="1">
     <w:name w:val="Prospect/Bectu"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001B31C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="21"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:wordWrap/>
-        <w:spacing w:beforeLines="0" w:before="0" w:beforeAutospacing="0" w:afterLines="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeLines="0" w:beforeAutospacing="0" w:after="0" w:afterLines="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="21"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet">
+  <w:style w:type="paragraph" w:styleId="Tablebullet" w:customStyle="1">
     <w:name w:val="Table bullet"/>
     <w:basedOn w:val="ListBullet"/>
     <w:qFormat/>
     <w:rsid w:val="001B31C5"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="52"/>
+        <w:numId w:val="8"/>
       </w:numPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+  <w:style w:type="character" w:styleId="UnresolvedMention2" w:customStyle="1">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D652FF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Jigsawpieces">
+  <w:style w:type="paragraph" w:styleId="Jigsawpieces" w:customStyle="1">
     <w:name w:val="Jigsaw pieces"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EF0600"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C71ACE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...6 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA3CA9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:styleId="TableGridLight" mc:Ignorable="w14">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Grid Table Light"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="TableNormal"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="40"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:spacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:tblPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="193881841">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="227229295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1911184330">
+        <w:div w:id="154152603">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="180"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="318316036">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="180"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="671492219">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="180"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2029216263">
+        <w:div w:id="1911184330">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="180"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1956018193">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="180"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="154152603">
+        <w:div w:id="2029216263">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="180"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="385370665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -29502,1562 +31016,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1305507439">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/sites/default/files/Skils_and_training.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/ambition/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/download/2009/00650" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/download/2019/01668" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/ambition/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worksmart.org.uk" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/sites/default/files/Skils_and_training.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/showcase/prospect-ed" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/acas-time-off" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/movement-email-guide-for-reps/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/union-wage-premium" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/union-effect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://union.prospect.org.uk/resource/prospect-benefits-and-services-leaflet.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/union-wage-premium" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/how-to-use-the-the_union-knowledge-hub/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://union.prospect.org.uk/resource/a-year-with-prospect-legal-october-2024.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/id/2020/00919" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.acas.org.uk" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/download/2009/00650" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/union-effect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/great-jobs-are-union-jobs" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/topic/pensions-and-retirement/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/acas-time-off" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20info@prospect.org.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datacompliance@prospect.org.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/download/2019/01668" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/get-support/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unionreps.org.uk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/great-jobs-are-union-jobs" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datacompliance@prospect.org.uk" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/get-involved-in-the-union/free-bitesize-vocational-learning/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/martin.roberts/Downloads/www.cac.gov.uk" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tuc.org.uk/reports" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/acas-time-off" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://union.prospect.org.uk/resource/a-year-with-prospect-legal-october-2024.html" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/id/2020/00919" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/union-effect" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acas.org.uk/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/union-effect" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/topic/pensions-and-retirement/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lrd.org.uk/payline/pay-bargaining-news" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tuc.org.uk/sites/default/files/2020-11/TheFutureUnionLearningFund.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://union.prospect.org.uk/resource/guide-to-data-protection-for-prospect-reps.html" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.acas.org.uk" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/movement-email-guide-for-reps/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.prospect.org.uk/download/2009/00650" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/get-support/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/acas-time-off" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tuc.org.uk/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/news/12-reasons-not-to-join-a-trade-union-and-why-theyre-wrong" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worksmart.org.uk" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/great-jobs-are-union-jobs" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/ambition/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/research-analysis/reports/great-jobs-are-union-jobs" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20info@prospect.org.uk" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/showcase/prospect-ed" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://union.prospect.org.uk/resource/prospect-benefits-and-services-leaflet.html" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tuc.org.uk/sites/default/files/Skils_and_training.pdf" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lrd.org.uk/payline/pay-bargaining-news" TargetMode="External" Id="Rc5259b1fa787486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image9.png" Id="rId133106533" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\martin.roberts\AppData\Roaming\Microsoft\Templates\briefing.dotx" TargetMode="External"/></Relationships>
-</file>
-[...1504 lines deleted...]
-</dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{28BC4632-CFCD-3641-9784-5B35CFE9C9F5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="1437393" y="1351515"/>
           <a:ext cx="1104128" cy="1110765"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="F1861B"/>
@@ -31516,59 +31523,104 @@
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="7620" tIns="7620" rIns="7620" bIns="7620" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
+          <a:endParaRPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Organiser</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="900" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>(available for some branches)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="3085795" y="1563732"/>
         <a:ext cx="739756" cy="735198"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{45EFC047-A4AD-4A41-B0D4-F070366BEA48}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="2700000">
           <a:off x="2324326" y="2415796"/>
           <a:ext cx="386952" cy="38892"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
@@ -32257,1312 +32309,50 @@
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Legal</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="585693" y="505413"/>
         <a:ext cx="739756" cy="735198"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
-<file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1260 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Prospect">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="003366"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="5DA1CE"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="68246D"/>
       </a:accent3>
@@ -33821,61 +32611,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d5f17128a432b65fc8aa92700b0fa4dd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a26d77bebca3477cfdc982135ab9a3b6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ee50a468a1df45cb04c4cf7cf53f91b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0682d65b56c2810fb0605dcc6fee6b1a" ns2:_="" ns3:_="">
     <xsd:import namespace="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <xsd:import namespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -34102,138 +32887,123 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0ecf5486-e989-4379-bfee-e9488933998c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/GostTitle.XSL" StyleName="GOST - Title Sort"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F4C0B6B-7B50-40A4-BEEB-41702D22CAF6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBCB668F-4F38-4B8F-B7FF-21540E1046A6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5FD5211-502B-422A-907C-9A2D5C2D63BD}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2CE368F-25E6-40DB-9531-E5126044BAE7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95B8CAD7-F1DF-4962-8786-F1D62883447B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2F288EF-E20C-4CAD-BEAF-75C0AA9BDD3F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBCB668F-4F38-4B8F-B7FF-21540E1046A6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC7173CF-9715-4D84-B308-791892B4A587}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>briefing</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>i)</dc:title>
+  <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <keywords/>
+  <lastModifiedBy>Abbie Jenkinson</lastModifiedBy>
+  <revision>25</revision>
+  <lastPrinted>2020-09-24T02:35:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-    <vt:i4>658349775</vt:i4>
+    <vt:i4>1623780673</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Check materials</vt:lpwstr>
+    <vt:lpwstr>Reps part 1 workbooks</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
-    <vt:lpwstr>Kathryn.Sharratt@prospect.org.uk</vt:lpwstr>
+    <vt:lpwstr>mroberts@bectu.org.uk</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
-    <vt:lpwstr>Kathryn Sharratt</vt:lpwstr>
+    <vt:lpwstr>Martin Roberts</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-720211677</vt:i4>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ReviewingToolsShownOnce">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
+    <vt:lpwstr>0x010100D8D7AC766A08B146B6390D5D437781FB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr>0x010100D8D7AC766A08B146B6390D5D437781FB</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>