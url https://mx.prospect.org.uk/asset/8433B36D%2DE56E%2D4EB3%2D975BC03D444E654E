--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,107 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483700" r:id="rId4"/>
     <p:sldMasterId id="2147483705" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId15"/>
+    <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId16"/>
+    <p:handoutMasterId r:id="rId18"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="510" r:id="rId6"/>
-[...7 lines deleted...]
-    <p:sldId id="550" r:id="rId14"/>
+    <p:sldId id="554" r:id="rId6"/>
+    <p:sldId id="555" r:id="rId7"/>
+    <p:sldId id="553" r:id="rId8"/>
+    <p:sldId id="511" r:id="rId9"/>
+    <p:sldId id="518" r:id="rId10"/>
+    <p:sldId id="552" r:id="rId11"/>
+    <p:sldId id="514" r:id="rId12"/>
+    <p:sldId id="513" r:id="rId13"/>
+    <p:sldId id="512" r:id="rId14"/>
+    <p:sldId id="519" r:id="rId15"/>
+    <p:sldId id="550" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6799263" cy="9929813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -220,52 +225,52 @@
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="008476"/>
     <a:srgbClr val="FEC86E"/>
     <a:srgbClr val="FBD603"/>
     <a:srgbClr val="28292B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{21CACCB7-48C0-4BF6-BA92-9B8EFB7ED358}" v="14" dt="2025-01-09T10:17:38.794"/>
-    <p1510:client id="{43D81DDF-CFF9-4AEC-8C3A-32080A974C62}" v="46" dt="2025-01-08T16:45:10.473"/>
+    <p1510:client id="{637F1FBB-BAC1-49D8-BBB6-E3D87A709044}" v="259" dt="2026-01-14T10:40:58.559"/>
+    <p1510:client id="{FC943D0D-BD7C-486A-B7D5-D7F5DC421B05}" v="4" dt="2026-01-15T07:37:04.896"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -586,152 +591,115 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent5"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15600" autoAdjust="0"/>
+    <p:restoredTop sz="68377" autoAdjust="0"/>
+  </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
-          <a:sx n="1" d="2"/>
-          <a:sy n="1" d="2"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="304" y="-680"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
+  <p:sorterViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
-[...67 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -776,51 +744,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851342" y="0"/>
             <a:ext cx="2946347" cy="498215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71F0380D-5D71-494F-9C94-845C4E5728D8}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/9/2025</a:t>
+              <a:t>1/15/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9431600"/>
             <a:ext cx="2946347" cy="498214"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -945,51 +913,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851342" y="0"/>
             <a:ext cx="2946347" cy="498215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7775DE61-124E-0F40-8D2D-41EDA1E0CEE2}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/9/2025</a:t>
+              <a:t>1/15/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422275" y="1241425"/>
             <a:ext cx="5954713" cy="3351213"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1213,86 +1181,366 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/tutor-pr1-pr2/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0DE2B29-B86E-A23E-C1DC-6252AA90D48C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03697256-0738-0069-02FE-B7E3FB41914A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EF9AF05-F26E-6155-2035-559B3F23D01B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>Introduce yourself including your pro nouns</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>Talk through some of the technology e.g. cameras on + mute when not speaking + use of virtual hands and use of chat </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>Their joining instructions asked them to go to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="0" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Tutor resources – Prospect | Prospect</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="0" dirty="0"/>
+              <a:t>; download workbook and do some pre reading. Show them the webpage and open up the workbook and talk through various sections including Learning outcomes, course timetable, equality and diversity</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Explain that this is an interactive course and reps are encouraged to discuss ideas, ask questions and participate in the sessions. We will have opportunity to talk to each other and share experiences from different workplaces </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>For some of the activities we will use interactive tools like </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>slido</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> or whiteboard or chat (whatever you are most confident in using). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="0" dirty="0"/>
+              <a:t>Explain how the tutors feedback works.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EF18CF0-3BE2-0A7A-4B48-9884D69FE686}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="212360538"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -1307,145 +1555,818 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="0" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Outcomes to be achieved:</a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1">
+              <a:t>You can run this in a number of ways: Open a word cloud in slido.com, use whiteboard or chat</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcomes to be achieved: improve understanding of what can be negotiated (15 minutes)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buNone/>
             </a:pPr>
-            <a:r>
-[...7 lines deleted...]
-              <a:buChar char="•"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Can negotiate on:	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>			</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Pay and conditions				</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Health &amp; safety				</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Equality</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Redundancy </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Time</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t> off </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>If you know examples from anyone branch, add them in.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sum up with explaining that negotiating is finding a compromise/middle ground that both sides are happy with. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buNone/>
             </a:pPr>
-            <a:r>
-[...7 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Talk about how </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organising</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> and campaigning are also an important part of the negotiation cycle which give power to your arguments. We will look at </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organising</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> in the next section.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3701568951"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3805776122"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Set as homework. To complete statements</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> and watch video 1 in the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0" err="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>vimeo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> collection  ‘How Prospect works.’</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>There are three other videos in the collection for reference we use for reps 2 training so just refer to the first video on the structure.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcome to be achieved:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>A snapshot of what their branch is like </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" err="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Organising</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>/servicing &amp; what the structure of Prospect is</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Follow up for the second sessions looks at the following </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>questions,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> think about:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>On a scale of 1-10, how well organised would you say your workplace is? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>In what ways is your workplace organised?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>What can be improved in the following areas:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>building membership</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>communicating with members</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>getting members active</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3805776122"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Page 11 in workbooks in a place to make notes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>You can do this in pairs but takes longer or ask them to introduce themselves if you have a larger group</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C16B0746-24FF-0B4F-A25A-E2B460B25A57}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="959889022"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4AD0BF7-0B21-AB02-7724-A2C4147654B3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CC254C7-B5F8-0B28-DB3B-A57AC0DB1349}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A475913C-2EA8-8929-722E-34CD3F84B27E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcomes to be achieved:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This session is designed to find out what the reps think a trade union is and how it can help them.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>In particular when a rep is asked “Why should I join?”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>One of the things all reps find hard is recruiting. What should they say to persuade someone to join.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Ask the question,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t> then go the next slide</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF84E05-6156-1592-D98F-7D61E54418D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2901175051"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -1460,693 +2381,125 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Outcome to be achieved: </a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1">
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>This is the definition you would find in a dictionary. M</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>ost young workers have no idea what a union is and any view they do have is one that is out of date.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>We need to be explain this is not so and why union’s are still relevant. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Ask why they are interested in being reps? The sort of answers we are looking for are: a safe</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t> place to work, environmental issues and robust procedures that help members.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1588107194"/>
-      </p:ext>
-[...564 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3956436637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2156,195 +2509,248 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcome to be achieved: Learn</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" baseline="0" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> what recognition is:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" baseline="0" dirty="0">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="0" baseline="0" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>If this is for one branch, and you know what sort of recognition agreement it has, go through it. This is something they need to know and leads to the next exercise.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" altLang="en-US" sz="2400" b="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>Even if employer resists, union can achieve recognition if has</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1439863" lvl="3" indent="-457200" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Tahoma" charset="0"/>
+              <a:buAutoNum type="alphaLcParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" dirty="0"/>
+              <a:t>over 50% membership; or </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1439863" lvl="3" indent="-457200" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Tahoma" charset="0"/>
+              <a:buAutoNum type="alphaLcParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" dirty="0"/>
+              <a:t>over 10% membership </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1401763" lvl="4" indent="0" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>gets a majority in a ballot of all employees.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...96 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3997652344"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="261100094"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2354,185 +2760,688 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-US" b="1">
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Outcome to be achieved: </a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1">
+              <a:t>Outcome to be achieved: Learn</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> what recognition is:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" baseline="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-US" b="1">
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="0" baseline="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Facts</a:t>
-[...27 lines deleted...]
-              <a:buChar char="•"/>
+              <a:t>If this is for one branch, and you know what sort of recognition agreement it has, go through it. This is something they need to know and leads to the next exercise.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" altLang="en-US" sz="1400" b="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800"/>
+              <a:t>Even if employer resists, union can achieve recognition if has</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1439863" lvl="3" indent="-457200" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Tahoma" charset="0"/>
+              <a:buAutoNum type="alphaLcParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800"/>
+              <a:t>over 50% membership; or </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1439863" lvl="3" indent="-457200" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Tahoma" charset="0"/>
+              <a:buAutoNum type="alphaLcParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...10 lines deleted...]
-              <a:buChar char="•"/>
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800"/>
+              <a:t>over 10% membership </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1401763" lvl="4" indent="0" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFontTx/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" baseline="0"/>
-[...4 lines deleted...]
-          <a:p>
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800"/>
+              <a:t>gets a majority in a ballot of all employees</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3956436637"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcomes to be achieved: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Facts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> that can be used promote the benefits of joining Prospect:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>If someone is saying their</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> career might be affected if they join, or it is not for my level of management, the law gives anyone the right to join a union</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6</a:t>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3997652344"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcome to be achieved: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Facts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> that can be used promote the benefits of joining Prospect</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This slide has two clicks the first is for</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t> trade union figures as a whole and the second is for Prospect only.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Prospect negotiates with more than 400 different employers.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>These are the facts that back up</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t> why it is value for money to join.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0" dirty="0"/>
+              <a:t>Always mention that local issues make the most difference to people.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2629376331"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -2547,722 +3456,170 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Do this activity as big group face to face</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Outcome to be achieved:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" b="1">
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>There</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" baseline="0">
+              <a:rPr lang="en-US" b="1" baseline="0" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t> is no real alternative to a trade union (five minutes)</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" b="1">
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Workbook page 13, act as moderator for the discussion and raise</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t> questions such as:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>What would happen if the employer finds out about what is being said on Facebook? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>What would happen if the employer said no to a request from a forum or an individual? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
-              <a:t>How can we argue against the person who says they get a pay rise even if they don’t join )a freeloader)?</a:t>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>How can we argue against the person who says they get a pay rise even if they don’t join (a freeloader)?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sum up the benefits of union membership,</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t> in particular for an individual member with an issue.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>Generally the easiest recruitment pitch is to say why you joined. As you work in the same place, it will have resonance with the non-member and the passion will show through, rather than sounding like a script.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...551 lines deleted...]
-            <a:endParaRPr lang="en-US" b="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -5642,534 +5999,1318 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/showcase/prospect-ed" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistics/trade-union-statistics-2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/showcase/prospect-ed" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{740ED1E0-01C9-C0A9-2A53-932A68BCCC1D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BB085F6-E496-8B9C-2738-B78BE91194C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705315" y="-103142"/>
+            <a:ext cx="8838794" cy="2114460"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Reps 1: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>course overview</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6038E71A-A2B7-9682-CA39-C93B35A7A7A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="622404" y="2188926"/>
+            <a:ext cx="5883904" cy="3416320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tech! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course materials</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Learning outcomes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Timetable:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Break 11</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lunch 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Finish 3.30</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="2400" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tutor feedback</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="588309647"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1336082" y="2634595"/>
-            <a:ext cx="7939668" cy="1593199"/>
+            <a:off x="1505416" y="266136"/>
+            <a:ext cx="5943600" cy="1919503"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>What is a trade union?</a:t>
-[...12 lines deleted...]
-              <a:t>Update 1.8 Jan 25</a:t>
+              <a:t>Activity C: What can a union negotiate on?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Title 1"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="5" name="TextBox 4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505415" y="266135"/>
-            <a:ext cx="8838794" cy="2114460"/>
+            <a:off x="1505415" y="2427386"/>
+            <a:ext cx="4549697" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>In a big group make a list of what you would like a trade union to negotiate on, over and above the statutory recognition minimum. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D827148-213E-CC49-BC5E-E968DE4FBEF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6635904" y="2490702"/>
+            <a:ext cx="4798673" cy="3199116"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="637789658"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="934278" y="417444"/>
+            <a:ext cx="6704307" cy="1222513"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Activity D: Your workplace Homework</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="536713" y="1779105"/>
+            <a:ext cx="5864087" cy="5070619"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-            <a:lvl1pPr algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
-                <a:spcPct val="0"/>
+                <a:spcPts val="900"/>
               </a:spcBef>
-              <a:buNone/>
-              <a:defRPr sz="4400" kern="1200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Read the statements in the workbook and tick which describes your branch at the moment. Using the questionnaire, think about how you rate your workplace.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Start/think of your action plan to improve your organisation when you return to the workplace.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Watch Video 1 on Union Structure </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(10 mins)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" u="sng">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Video link; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" u="sng">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:srgbClr val="0000FF"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
-[...13 lines deleted...]
-            </a:r>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://vimeo.com/showcase/prospect-ed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1800" b="1" u="sng">
+              <a:solidFill>
+                <a:srgbClr val="0000FF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" u="sng">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Password – education </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1800">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="2400">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE2F6039-567A-2F4D-9AAA-E339CF49D597}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6635904" y="2490702"/>
+            <a:ext cx="4798673" cy="3199116"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4274872432"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3731343135"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6F926F5-C78F-E866-3ED5-F150D13220EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505415" y="1736161"/>
-            <a:ext cx="7259444" cy="1470025"/>
+            <a:off x="613735" y="1120378"/>
+            <a:ext cx="7347724" cy="1589999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4400" dirty="0"/>
+              <a:t>Introductions</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C174EA16-529A-6C0A-3D1F-496B647FABE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="708837" y="2169042"/>
+            <a:ext cx="8371368" cy="3412636"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="32500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...64 lines deleted...]
-            </a:r>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>their name </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>the company they work for </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>their current work role</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>why they first become involved in the union </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>their current union role and how long they have been active in that role </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>what they want from the course</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="7400" dirty="0"/>
+              <a:t>an interesting fact about the person (preferably not work-related).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601616327"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1212231598"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0EA3219-A2EB-3E20-54C2-1A39D322C8BE}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD4A622B-3E91-0C02-60E9-449001373816}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505416" y="254985"/>
-            <a:ext cx="4150318" cy="1663025"/>
+            <a:off x="632697" y="1676233"/>
+            <a:ext cx="7939668" cy="1593199"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Recognition in the workplace</a:t>
-[...106 lines deleted...]
-            </a:r>
+              <a:t>What is a trade union?</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1778026422"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3937257333"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
+            <a:off x="904282" y="1101161"/>
+            <a:ext cx="7259444" cy="1470025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>The definition </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>of a trade union</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="904281" y="3361104"/>
+            <a:ext cx="7259443" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>An </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>organised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> association of workers in a trade, group of trades, or profession, formed to protect and further their rights and interests.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601616327"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="719667" y="254985"/>
+            <a:ext cx="6858000" cy="1663025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Recognition in the workplace</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="995762" y="2087664"/>
+            <a:ext cx="7895063" cy="1640239"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Employers are not obliged to bargain with unions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>They can voluntarily </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>recognise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> a union, or a union can gain statutory recognition by meeting certain criteria and applying to the Central Arbitration Committee.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="995762" y="3727903"/>
+            <a:ext cx="7538224" cy="1846659"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>With a recognition agreement in place, the employer ‘</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>recognises</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>’ the union for purposes of collective bargaining and a written agreement sets out the scope and the process of how it is done. Statutory recognition is limited to pay, hours and holidays. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1778026422"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
             <a:off x="171450" y="0"/>
             <a:ext cx="9601200" cy="1663025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="4000">
+              <a:rPr lang="en-GB" sz="4000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>An unrecognised workplace  Vs a recognised workplace</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Table 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2183B93C-E8AE-AD6E-56B7-DFAF43CCC5A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="161926" y="1739655"/>
           <a:ext cx="11870554" cy="5011524"/>
@@ -6630,580 +7771,679 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3408978856"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="475468944"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505416" y="266137"/>
             <a:ext cx="4277318" cy="1495756"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Your right to join a trade union</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505415" y="1936881"/>
             <a:ext cx="7415561" cy="4178067"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>You have the right to:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>choose to join, or not join, a union</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>decide to leave or remain a member of a union</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>belong to the union you choose, even if it’s not the one your employer negotiates with on pay, terms and conditions</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>belong to more than one union.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Your employer isn’t allowed to:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>offer you a benefit to leave a trade union</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>threaten to treat you unfairly if you don’t </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>leave a union or stop doing union activities.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="232403197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505415" y="412595"/>
             <a:ext cx="4438185" cy="1148576"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>The benefits of trade unions</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505416" y="1736014"/>
             <a:ext cx="2274850" cy="4241040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>You are better off in a workplace that </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1" err="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>recognises</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> a union because:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>you average 4.2% more in salary (Statista 2023)</a:t>
+              <a:t>You earn on average 4.9% more in salary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" baseline="30000" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> 1 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>health and safety is better</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>more training.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4148255" y="1754740"/>
-            <a:ext cx="2442116" cy="4690665"/>
+            <a:off x="4148254" y="1736014"/>
+            <a:ext cx="2665783" cy="4690665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Trade unions all together in the UK:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>6.4 million members: (TUC figures 2023)</a:t>
+              <a:t>6.4 million members (2024)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" baseline="30000" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Got £320 million in compensation (TUC 2015)</a:t>
+              <a:t>47 TUC affiliated </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Trained 29,694 representatives (TUC 2019)</a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1200">
+              <a:t>Unions instrumental in fighting for workers rights</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" baseline="30000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>(TUC these are still latest stats)</a:t>
+              <a:t> 2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6958360" y="1754739"/>
-            <a:ext cx="2642839" cy="3854323"/>
+            <a:ext cx="2780000" cy="3854323"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Prospect:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Just over 159,500 members Jan 2025.</a:t>
+              <a:t>Just over 162,000 members Jan 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Got £3.183m in injury compensation as of December 2024 </a:t>
+              <a:t>Got £1.6 million in injury compensation as of December 2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>NEP provided 1100 Reps with training in 2024</a:t>
-            </a:r>
+              <a:t>NEP provided 1136 Reps with training in 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DFFD9AB-C811-EA59-4E55-28E553B573DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="716687" y="6215228"/>
+            <a:ext cx="5543437" cy="861774"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" u="sng" baseline="30000" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> Trade union statistics 2024 - GOV.U</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1600" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" u="sng" baseline="30000" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>www.acas.org.uk/employment-rights-bill</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1600" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2384727387"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
@@ -7300,89 +8540,89 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="6" grpId="0"/>
       <p:bldP spid="7" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505415" y="266136"/>
+            <a:off x="640634" y="0"/>
             <a:ext cx="7326351" cy="1919503"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Activity B: Other options</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505415" y="2427386"/>
             <a:ext cx="5085885" cy="3262432"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
@@ -7482,436 +8722,50 @@
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6635904" y="2490702"/>
             <a:ext cx="4798673" cy="3199116"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2895553315"/>
-      </p:ext>
-[...384 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3731343135"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Prospect-Bectu-theme">
   <a:themeElements>
     <a:clrScheme name="Prospect-Bectu">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EBEBEB"/>
       </a:lt2>
@@ -8980,76 +9834,78 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0ecf5486-e989-4379-bfee-e9488933998c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="24fe558849793e662d7d7eebf1b75702">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ca56c0d6492fceb5f6329b408abb0655" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ee50a468a1df45cb04c4cf7cf53f91b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0682d65b56c2810fb0605dcc6fee6b1a" ns2:_="" ns3:_="">
     <xsd:import namespace="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <xsd:import namespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0ecf5486-e989-4379-bfee-e9488933998c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9086,50 +9942,60 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ddb10955-4951-4066-b3c1-96eb136e60ed" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="26" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -9239,128 +10105,153 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0EF1896-1171-4373-834E-44D33E590BC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F8E2033-CC29-45CD-B92D-D16C16613205}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89581650-B1D6-438E-8A06-18615F129D94}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCB5799D-484E-4F67-B2DD-9AA5793E29C5}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2019-01388-Template-Prospect-Powerpoint-template-Version-12-09-2019</Template>
+  <TotalTime></TotalTime>
+  <Words>1735</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Slides>9</Slides>
-  <Notes>9</Notes>
+  <Paragraphs>178</Paragraphs>
+  <Slides>11</Slides>
+  <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Prospect-Bectu-theme</vt:lpstr>
       <vt:lpstr>2019-01389-Template-Bectu-Powerpoint-template-Version-12-09-2019 (1)</vt:lpstr>
-      <vt:lpstr>What is a trade union? Update 1.8 Jan 25</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Introductions </vt:lpstr>
+      <vt:lpstr>What is a trade union? </vt:lpstr>
       <vt:lpstr>The definition  of a trade union</vt:lpstr>
       <vt:lpstr>Recognition in the workplace</vt:lpstr>
       <vt:lpstr>An unrecognised workplace  Vs a recognised workplace</vt:lpstr>
       <vt:lpstr>Your right to join a trade union</vt:lpstr>
       <vt:lpstr>The benefits of trade unions</vt:lpstr>
       <vt:lpstr>Activity B: Other options</vt:lpstr>
       <vt:lpstr>Activity C: What can a union negotiate on?</vt:lpstr>
       <vt:lpstr>Activity D: Your workplace Homework</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Kathryn Sharratt</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>732686997</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
     <vt:lpwstr>New materials</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>Kathryn.Sharratt@prospect.org.uk</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Kathryn Sharratt</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_PreviousAdHocReviewCycleID">