--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -41,51 +41,50 @@
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483691" r:id="rId4"/>
     <p:sldMasterId id="2147483700" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="510" r:id="rId6"/>
     <p:sldId id="537" r:id="rId7"/>
     <p:sldId id="573" r:id="rId8"/>
@@ -248,116 +247,107 @@
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="008476"/>
     <a:srgbClr val="FEC86E"/>
     <a:srgbClr val="FBD603"/>
     <a:srgbClr val="28292B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{30AAE6F9-F2BB-4561-A437-023962D1B91C}" v="1" dt="2025-01-09T10:06:59.948"/>
-    <p1510:client id="{F11CF5D3-EF8A-4697-A39F-CBC165CA4E7E}" v="2" dt="2025-01-08T17:13:05.955"/>
+    <p1510:client id="{83139F4D-C507-47D2-9E54-5BD70810154E}" v="4" dt="2026-01-15T08:37:41.684"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
+  </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="1" d="2"/>
-          <a:sy n="1" d="2"/>
+          <a:sx n="81" d="100"/>
+          <a:sy n="81" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="652" y="64"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
-[...20 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -3255,51 +3245,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7775DE61-124E-0F40-8D2D-41EDA1E0CEE2}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/9/2025</a:t>
+              <a:t>1/15/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -8556,51 +8546,51 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bectu.org.uk/training-for-reps/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/5FCnzqRaMj" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/ZQmRFJYa6i?origin=lprLink" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/eiTaixC7yz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
@@ -9563,174 +9553,154 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C8D0164-9D24-B8A5-362B-67D2794D9576}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475523" y="1690487"/>
+            <a:off x="915847" y="1004687"/>
             <a:ext cx="6661869" cy="1141406"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB"/>
+              <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Evaluation &amp; EDI</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-GB"/>
+              <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C20E8AA-DD17-1F0F-6E12-61DE0342A484}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="821255" y="2264334"/>
+            <a:ext cx="7760988" cy="3139136"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-GB">
+            <a:pPr marL="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>https://forms.office.com/e/5FCnzqRaMj</a:t>
-[...19 lines deleted...]
-            <a:endParaRPr lang="en-GB"/>
+              <a:t>Evaluation form 2026  – Fill in form</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
+          <p:cNvPr id="5" name="Picture 4" descr="A qr code on a blue background&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE50D4E2-A857-2D86-6645-9E52BB99DE53}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5ED5815-3CD0-EBED-9E90-E58F6F32D040}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9309845" y="2119967"/>
-[...30 lines deleted...]
-            <a:ext cx="2063163" cy="2063163"/>
+            <a:off x="1779949" y="3239128"/>
+            <a:ext cx="3025462" cy="3025462"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3998300601"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -11877,76 +11847,78 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0ecf5486-e989-4379-bfee-e9488933998c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="24fe558849793e662d7d7eebf1b75702">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ca56c0d6492fceb5f6329b408abb0655" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ee50a468a1df45cb04c4cf7cf53f91b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0682d65b56c2810fb0605dcc6fee6b1a" ns2:_="" ns3:_="">
     <xsd:import namespace="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <xsd:import namespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0ecf5486-e989-4379-bfee-e9488933998c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -11983,50 +11955,60 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ddb10955-4951-4066-b3c1-96eb136e60ed" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="26" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -12128,135 +12110,156 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0D105D9-B080-4376-B184-FB5E50FEBD98}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF73D28A-EAED-4AAD-8F08-655745AECEF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D9AF21C-932F-4D05-9661-586EEFDE0136}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEEE8BF0-9023-4953-A290-AEB359C2FDA3}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2019-01389-Template-Bectu-Powerpoint-template-Version-12-09-2019 (1)</Template>
+  <TotalTime></TotalTime>
+  <Words>2056</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>149</Paragraphs>
   <Slides>16</Slides>
   <Notes>16</Notes>
   <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="22" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
+      <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>2019-01389-Template-Bectu-Powerpoint-template-Version-12-09-2019 (1)</vt:lpstr>
       <vt:lpstr>Prospect-Bectu-theme</vt:lpstr>
       <vt:lpstr>A rep’s rights</vt:lpstr>
       <vt:lpstr>Your legal rights and responsibilities</vt:lpstr>
       <vt:lpstr>Duties</vt:lpstr>
       <vt:lpstr>Activities</vt:lpstr>
       <vt:lpstr>Responsibilities</vt:lpstr>
       <vt:lpstr>Activity F :  What are your rights?</vt:lpstr>
       <vt:lpstr>Activity G:  What would you do if?</vt:lpstr>
       <vt:lpstr>Ingredients of union influence</vt:lpstr>
       <vt:lpstr>Ingredients</vt:lpstr>
       <vt:lpstr>The virtuous circle</vt:lpstr>
       <vt:lpstr>Building a stronger union</vt:lpstr>
       <vt:lpstr>Activity L: Chart your work area</vt:lpstr>
       <vt:lpstr>Action Plan – Tasks</vt:lpstr>
       <vt:lpstr>What next?</vt:lpstr>
       <vt:lpstr>Evaluation &amp; EDI </vt:lpstr>
       <vt:lpstr>Questions?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Kathryn Sharratt;martinroberts@theambassadors.com</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D8D7AC766A08B146B6390D5D437781FB</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>