--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,76 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
@@ -83,80 +77,79 @@
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483700" r:id="rId4"/>
-    <p:sldMasterId id="2147483705" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId27"/>
+    <p:notesMasterId r:id="rId26"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId28"/>
+    <p:handoutMasterId r:id="rId27"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="563" r:id="rId6"/>
-[...19 lines deleted...]
-    <p:sldId id="580" r:id="rId26"/>
+    <p:sldId id="563" r:id="rId5"/>
+    <p:sldId id="517" r:id="rId6"/>
+    <p:sldId id="516" r:id="rId7"/>
+    <p:sldId id="575" r:id="rId8"/>
+    <p:sldId id="524" r:id="rId9"/>
+    <p:sldId id="525" r:id="rId10"/>
+    <p:sldId id="554" r:id="rId11"/>
+    <p:sldId id="553" r:id="rId12"/>
+    <p:sldId id="510" r:id="rId13"/>
+    <p:sldId id="512" r:id="rId14"/>
+    <p:sldId id="535" r:id="rId15"/>
+    <p:sldId id="582" r:id="rId16"/>
+    <p:sldId id="569" r:id="rId17"/>
+    <p:sldId id="583" r:id="rId18"/>
+    <p:sldId id="576" r:id="rId19"/>
+    <p:sldId id="564" r:id="rId20"/>
+    <p:sldId id="577" r:id="rId21"/>
+    <p:sldId id="585" r:id="rId22"/>
+    <p:sldId id="584" r:id="rId23"/>
+    <p:sldId id="579" r:id="rId24"/>
+    <p:sldId id="580" r:id="rId25"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6799263" cy="9929813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -226,105 +219,101 @@
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
-    <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
-[...1 lines deleted...]
-    </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="FFCD00"/>
     <a:srgbClr val="F2861B"/>
     <a:srgbClr val="D30071"/>
-    <a:srgbClr val="FFCD00"/>
     <a:srgbClr val="088375"/>
     <a:srgbClr val="FBD603"/>
     <a:srgbClr val="008476"/>
     <a:srgbClr val="FEC86E"/>
     <a:srgbClr val="28292B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{9F4BF147-9530-F671-DCBF-DFD768074C3D}" v="2" dt="2025-07-30T11:04:59.550"/>
-    <p1510:client id="{ADF78B9D-4270-DE67-E78F-81AA203A55FF}" v="9" dt="2025-07-30T10:41:59.892"/>
+    <p1510:client id="{909D098D-1114-40CB-9B64-9BE2951EC2FA}" v="38" dt="2026-01-22T16:33:54.950"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -661,307 +650,238 @@
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:notesViewPr>
-[...10 lines deleted...]
-  </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{C33A06F4-7CAD-C5AE-D726-2596C380D6DD}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{C33A06F4-7CAD-C5AE-D726-2596C380D6DD}" dt="2025-07-28T08:14:31.148" v="19" actId="20577"/>
+    <pc:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}"/>
+    <pc:docChg chg="custSel modSld">
+      <pc:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:33:54.950" v="37" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{C33A06F4-7CAD-C5AE-D726-2596C380D6DD}" dt="2025-07-28T08:14:31.148" v="19" actId="20577"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:32:08.927" v="7" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="805729037" sldId="584"/>
+          <pc:sldMk cId="4109996675" sldId="569"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{C33A06F4-7CAD-C5AE-D726-2596C380D6DD}" dt="2025-07-28T08:14:31.148" v="19" actId="20577"/>
+          <ac:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:32:08.927" v="7" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="805729037" sldId="584"/>
-            <ac:spMk id="3" creationId="{C0E9604E-BDF4-021A-5C39-A99FB121C60E}"/>
+            <pc:sldMk cId="4109996675" sldId="569"/>
+            <ac:spMk id="2" creationId="{94E3C4C1-A933-4BF4-AECB-6DC295794EEF}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-    </pc:docChg>
-[...9 lines deleted...]
-        <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{E02C2635-6A62-445F-8839-2A445C1384F8}" dt="2025-01-14T14:00:35.369" v="3" actId="14100"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:33:54.950" v="37" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="2594667888" sldId="578"/>
+          <pc:sldMk cId="3403028225" sldId="583"/>
         </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:32:14.866" v="13" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3403028225" sldId="583"/>
+            <ac:spMk id="6" creationId="{4EF97E86-562C-4C84-A630-CC2A30ED702F}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:33:54.950" v="37" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3403028225" sldId="583"/>
+            <ac:spMk id="7" creationId="{98DCAB45-9B2B-48EA-B0A2-70E0BD6B2631}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-    </pc:docChg>
-[...9 lines deleted...]
-        <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{A398142C-0631-6F07-4095-E221C9CBCCCC}" dt="2025-07-08T07:58:18.641" v="41"/>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:30:00.622" v="0"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="3479891633" sldId="583"/>
-[...93 lines deleted...]
-          <pc:sldMk cId="3479891633" sldId="583"/>
+          <pc:sldMk cId="3479891633" sldId="585"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{158ED2B7-3434-112E-3B69-AE47BA96B617}" dt="2025-07-08T07:55:44.577" v="5" actId="20577"/>
+          <ac:chgData name="Martin Roberts" userId="809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="ADAL" clId="{6A3EF416-3506-47D7-8931-231E38BC5C9D}" dt="2026-01-22T16:30:00.622" v="0"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="3479891633" sldId="583"/>
+            <pc:sldMk cId="3479891633" sldId="585"/>
             <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{37E89B40-4DAC-41E6-838E-411619536C22}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{37E89B40-4DAC-41E6-838E-411619536C22}" dt="2022-01-07T09:35:41.659" v="0"/>
+    <pc:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}" dt="2026-01-13T12:02:53.280" v="75"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="ord">
-        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{37E89B40-4DAC-41E6-838E-411619536C22}" dt="2022-01-07T09:35:41.659" v="0"/>
+      <pc:sldChg chg="modNotes">
+        <pc:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}" dt="2026-01-13T12:00:44.652" v="55"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="3703607484" sldId="581"/>
+          <pc:sldMk cId="3952921714" sldId="512"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp modNotes">
+        <pc:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}" dt="2026-01-13T12:02:53.280" v="75"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1677483893" sldId="535"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}" dt="2026-01-13T12:02:31.030" v="73" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1677483893" sldId="535"/>
+            <ac:spMk id="3" creationId="{1828AD98-1E29-CEC1-07ED-923EB64D87CF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}" dt="2026-01-13T12:02:07.092" v="60" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1677483893" sldId="535"/>
+            <ac:spMk id="7" creationId="{06B6C2C2-E7E0-A045-95ED-E9F36462971D}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modNotes">
+        <pc:chgData name="Abbie Jenkinson" userId="S::abbie.jenkinson@prospect.org.uk::eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="AD" clId="Web-{25920B4C-B698-5383-AF2C-4342F87B4B2D}" dt="2026-01-13T12:01:07.418" v="57"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1110128666" sldId="576"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{9F4BF147-9530-F671-DCBF-DFD768074C3D}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{9F4BF147-9530-F671-DCBF-DFD768074C3D}" dt="2025-07-30T11:04:59.550" v="1" actId="20577"/>
+    <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}"/>
+    <pc:docChg chg="addSld delSld modSld">
+      <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:22:43.918" v="7"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{9F4BF147-9530-F671-DCBF-DFD768074C3D}" dt="2025-07-30T11:04:59.550" v="1" actId="20577"/>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:22:27.777" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1678792462" sldId="559"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:21:21.618" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4109996675" sldId="569"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="delSp">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:21:43.385" v="3"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1110128666" sldId="576"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="Kathryn Sharratt" userId="S::kathryn.sharratt@prospect.org.uk::97cf956a-b3a7-4e73-864d-44684f77c5c1" providerId="AD" clId="Web-{9F4BF147-9530-F671-DCBF-DFD768074C3D}" dt="2025-07-30T11:04:59.550" v="1" actId="20577"/>
+        <pc:spChg chg="del">
+          <ac:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:21:43.385" v="3"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1110128666" sldId="576"/>
             <ac:spMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-    </pc:docChg>
-[...9 lines deleted...]
-        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{FDDAF835-62A0-4015-8DC4-D2902A4EF8BB}" dt="2022-01-07T09:06:20.588" v="11" actId="20577"/>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:22:19.745" v="5"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="770266742" sldId="582"/>
+          <pc:sldMk cId="2594667888" sldId="578"/>
         </pc:sldMkLst>
       </pc:sldChg>
-    </pc:docChg>
-[...9 lines deleted...]
-        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{ADF78B9D-4270-DE67-E78F-81AA203A55FF}" dt="2025-07-30T10:41:59.892" v="8" actId="20577"/>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:21:06.180" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3178524281" sldId="582"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:21:32.088" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3403028225" sldId="583"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:22:43.918" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="805729037" sldId="584"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-[...6 lines deleted...]
-        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{91654264-2AF9-CA08-05E2-09784901A41D}" dt="2026-01-20T15:22:15.386" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3479891633" sldId="585"/>
+        </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
@@ -4812,51 +4732,51 @@
   <dgm:ptLst>
     <dgm:pt modelId="{E35774B4-2CD3-564E-8D1E-2E55ABA4EEF0}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/radial1" loCatId="" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple4" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent3_2" csCatId="accent3" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CD680954-F89B-A04E-AAA2-24210D50BE7F}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="D30071"/>
         </a:solidFill>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="1500">
+            <a:rPr lang="en-US" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Research</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" type="parTrans" cxnId="{04E52AAC-6CD1-994C-A77A-351801D76726}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
@@ -4865,51 +4785,51 @@
     </dgm:pt>
     <dgm:pt modelId="{5F0C8998-B7E7-FD4C-AF21-AD93413F972E}" type="sibTrans" cxnId="{04E52AAC-6CD1-994C-A77A-351801D76726}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4F7B7093-3484-1B4E-9C82-8C9FC3C6A686}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="088375"/>
         </a:solidFill>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="1300">
+            <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Negotiation officer</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" type="parTrans" cxnId="{FD932C42-4B62-0440-942A-2F7C354AEA91}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
@@ -4918,210 +4838,210 @@
     </dgm:pt>
     <dgm:pt modelId="{FD60B63B-A641-E442-A13C-5846251A1F2C}" type="sibTrans" cxnId="{FD932C42-4B62-0440-942A-2F7C354AEA91}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0D37CBC8-6B4E-7C4B-8B56-7CCF76BF72F5}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="FFCD00"/>
         </a:solidFill>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="1500">
+            <a:rPr lang="en-US" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Education</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" type="parTrans" cxnId="{32C64754-3E25-9143-9D44-0BA2C1FE51C7}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{93C6A575-06F6-7F44-A2A4-04F13C6DBF42}" type="sibTrans" cxnId="{32C64754-3E25-9143-9D44-0BA2C1FE51C7}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{929DAED9-2673-BB45-BDA3-447086B4C48D}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="F2861B"/>
+          <a:srgbClr val="FFCD00"/>
         </a:solidFill>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1600">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Networks</a:t>
+            <a:t>NOU</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" type="parTrans" cxnId="{5A6D02AD-A6D8-8B44-85C5-41E70A846E51}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5F349FA6-CAAE-5141-A5C2-E7A4C5525713}" type="sibTrans" cxnId="{5A6D02AD-A6D8-8B44-85C5-41E70A846E51}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C11B7553-EE58-B44C-B90B-B8CCDC88C675}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="F2861B"/>
         </a:solidFill>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="1600">
+            <a:rPr lang="en-US" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>MCC</a:t>
+            <a:t>Networks</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{736BFDF2-ED08-9247-BF3A-81495A987B33}" type="parTrans" cxnId="{21B21B25-B05B-3544-9CE5-084ACB640391}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{13874E13-A109-214B-A518-5D30CB8F4CA2}" type="sibTrans" cxnId="{21B21B25-B05B-3544-9CE5-084ACB640391}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6766AC7E-91C2-442F-B54F-528F6472BB27}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="088375"/>
         </a:solidFill>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-GB" sz="1500">
+            <a:rPr lang="en-GB" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Organiser</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{75A53E33-0E40-4854-923D-E5643EE7B673}" type="parTrans" cxnId="{CBECC1FB-8406-4F8A-A357-C633535652FF}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
@@ -5314,256 +5234,335 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EDF01C06-7448-9E42-9901-024779B16B11}" type="sibTrans" cxnId="{A825997A-8E9A-9A4F-BA3C-41225EE34D04}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A1F59B02-9F09-7347-A93B-7D1686768455}" type="parTrans" cxnId="{A825997A-8E9A-9A4F-BA3C-41225EE34D04}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
+    <dgm:pt modelId="{60F3A8F4-B270-7844-BF46-B072F848F48C}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="F2861B"/>
+        </a:solidFill>
+        <a:effectLst>
+          <a:outerShdw blurRad="38100" dist="25400" dir="5400000" rotWithShape="0">
+            <a:schemeClr val="bg1">
+              <a:alpha val="35000"/>
+            </a:schemeClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1600">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>MCC</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{7B5185CF-F3B8-2140-879D-179EDCAD4E96}" type="parTrans" cxnId="{1C175789-6D10-FF44-BB70-F823E524CC8C}">
+      <dgm:prSet/>
+      <dgm:spPr>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C589AA0-9C89-F545-A6EA-3E0906D29895}" type="sibTrans" cxnId="{1C175789-6D10-FF44-BB70-F823E524CC8C}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
     <dgm:pt modelId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" type="pres">
       <dgm:prSet presAssocID="{E35774B4-2CD3-564E-8D1E-2E55ABA4EEF0}" presName="cycle" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:chMax val="1"/>
           <dgm:dir/>
           <dgm:animLvl val="ctr"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{28BC4632-CFCD-3641-9784-5B35CFE9C9F5}" type="pres">
       <dgm:prSet presAssocID="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" presName="centerShape" presStyleLbl="node0" presStyleIdx="0" presStyleCnt="1" custScaleX="128427" custScaleY="129199"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5604EC5E-DA18-2646-B3E4-7C4F83DFFC71}" type="pres">
-      <dgm:prSet presAssocID="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2BFFE6C6-AFFA-B240-A5D8-1E38B107C825}" type="pres">
-      <dgm:prSet presAssocID="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F745AF02-573B-CA43-AD6D-0E9775212ECE}" type="pres">
-      <dgm:prSet presAssocID="{CD680954-F89B-A04E-AAA2-24210D50BE7F}" presName="node" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{CD680954-F89B-A04E-AAA2-24210D50BE7F}" presName="node" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BE178267-3F89-8A44-A563-16CC8157C923}" type="pres">
-      <dgm:prSet presAssocID="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="1" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="1" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{9D710988-DEAD-9E45-A127-E0767569CD2D}" type="pres">
-      <dgm:prSet presAssocID="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="1" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="1" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{167D3BF0-2CF9-EE4F-AC69-173088E61A74}" type="pres">
-      <dgm:prSet presAssocID="{278E13F7-F8C3-5C44-B71E-3EA28A8A1D2C}" presName="node" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{278E13F7-F8C3-5C44-B71E-3EA28A8A1D2C}" presName="node" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{798E4247-E04F-4073-8E43-96B9EC921287}" type="pres">
-      <dgm:prSet presAssocID="{75A53E33-0E40-4854-923D-E5643EE7B673}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="2" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{75A53E33-0E40-4854-923D-E5643EE7B673}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="2" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{6CA925B9-9698-4C42-8337-263B1DDB7D39}" type="pres">
-      <dgm:prSet presAssocID="{75A53E33-0E40-4854-923D-E5643EE7B673}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="2" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{75A53E33-0E40-4854-923D-E5643EE7B673}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="2" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{7B4DA370-D524-47B5-8E50-CB0AF8C36A36}" type="pres">
-      <dgm:prSet presAssocID="{6766AC7E-91C2-442F-B54F-528F6472BB27}" presName="node" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="8" custScaleX="121686" custScaleY="120936" custRadScaleRad="100293" custRadScaleInc="4243">
+      <dgm:prSet presAssocID="{6766AC7E-91C2-442F-B54F-528F6472BB27}" presName="node" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="9" custScaleX="121686" custScaleY="120936" custRadScaleRad="100293" custRadScaleInc="4243">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{45EFC047-A4AD-4A41-B0D4-F070366BEA48}" type="pres">
-      <dgm:prSet presAssocID="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="3" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="3" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{8A51EA0F-7926-B04B-AA13-8AEAF020B5E0}" type="pres">
-      <dgm:prSet presAssocID="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="3" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="3" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C090FB9B-8EA9-9949-9949-8C5984FF7A47}" type="pres">
-      <dgm:prSet presAssocID="{4F7B7093-3484-1B4E-9C82-8C9FC3C6A686}" presName="node" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{4F7B7093-3484-1B4E-9C82-8C9FC3C6A686}" presName="node" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{7D087E76-E2CB-4C4A-89B2-7A7A128F95F1}" type="pres">
-      <dgm:prSet presAssocID="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="4" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="4" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5321305C-1D86-3D40-A72C-05446C984719}" type="pres">
-      <dgm:prSet presAssocID="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="4" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="4" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{97E24CEC-ADC5-D649-A9CC-FD22564DF74A}" type="pres">
-      <dgm:prSet presAssocID="{0D37CBC8-6B4E-7C4B-8B56-7CCF76BF72F5}" presName="node" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{0D37CBC8-6B4E-7C4B-8B56-7CCF76BF72F5}" presName="node" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C91FD5C3-55BE-1B41-A6A1-DA51CFE61CD5}" type="pres">
-      <dgm:prSet presAssocID="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="5" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="5" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{3210F758-9011-F141-8DFC-79B6E6E5442D}" type="pres">
-      <dgm:prSet presAssocID="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="5" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="5" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AEBE4D1B-3F47-A24F-AA03-252D11651DC9}" type="pres">
-      <dgm:prSet presAssocID="{929DAED9-2673-BB45-BDA3-447086B4C48D}" presName="node" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{929DAED9-2673-BB45-BDA3-447086B4C48D}" presName="node" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{0234FC24-8B8F-0A4A-88E4-7CB81BA4CA96}" type="pres">
-      <dgm:prSet presAssocID="{736BFDF2-ED08-9247-BF3A-81495A987B33}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="6" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{736BFDF2-ED08-9247-BF3A-81495A987B33}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="6" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{93680216-5970-EF42-B2F8-3F5F0091752A}" type="pres">
-      <dgm:prSet presAssocID="{736BFDF2-ED08-9247-BF3A-81495A987B33}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="6" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{736BFDF2-ED08-9247-BF3A-81495A987B33}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="6" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{41DA06A3-01D0-4C48-82E8-85F9C20E0AE7}" type="pres">
-      <dgm:prSet presAssocID="{C11B7553-EE58-B44C-B90B-B8CCDC88C675}" presName="node" presStyleLbl="node1" presStyleIdx="6" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{C11B7553-EE58-B44C-B90B-B8CCDC88C675}" presName="node" presStyleLbl="node1" presStyleIdx="6" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{8C7823DD-6B85-4244-AE73-574BD5F1C323}" type="pres">
+      <dgm:prSet presAssocID="{7B5185CF-F3B8-2140-879D-179EDCAD4E96}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="7" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{96D32E09-D194-D843-B725-E2462F3A2507}" type="pres">
+      <dgm:prSet presAssocID="{7B5185CF-F3B8-2140-879D-179EDCAD4E96}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="7" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{A92045D3-45CD-C945-BA18-46FD049E5FF4}" type="pres">
+      <dgm:prSet presAssocID="{60F3A8F4-B270-7844-BF46-B072F848F48C}" presName="node" presStyleLbl="node1" presStyleIdx="7" presStyleCnt="9" custScaleX="121646" custScaleY="120893">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CBBF1B3D-E385-B541-9735-3DFDBF409182}" type="pres">
-      <dgm:prSet presAssocID="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="7" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="8" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5D086523-EB51-6D40-8927-C5A0CA259341}" type="pres">
-      <dgm:prSet presAssocID="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="7" presStyleCnt="8"/>
+      <dgm:prSet presAssocID="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="8" presStyleCnt="9"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F96C4F65-9A86-024C-B223-32F77A7045B3}" type="pres">
-      <dgm:prSet presAssocID="{756A5278-DBA9-6440-9461-6CC309136538}" presName="node" presStyleLbl="node1" presStyleIdx="7" presStyleCnt="8" custScaleX="121686" custScaleY="120936">
+      <dgm:prSet presAssocID="{756A5278-DBA9-6440-9461-6CC309136538}" presName="node" presStyleLbl="node1" presStyleIdx="8" presStyleCnt="9" custScaleX="121686" custScaleY="120936">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{BD72F50F-00CE-F443-AF22-5C905F385945}" type="presOf" srcId="{278E13F7-F8C3-5C44-B71E-3EA28A8A1D2C}" destId="{167D3BF0-2CF9-EE4F-AC69-173088E61A74}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{0C91F712-BB19-C24D-B5FA-470332E43802}" type="presOf" srcId="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" destId="{2BFFE6C6-AFFA-B240-A5D8-1E38B107C825}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{21B21B25-B05B-3544-9CE5-084ACB640391}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{C11B7553-EE58-B44C-B90B-B8CCDC88C675}" srcOrd="6" destOrd="0" parTransId="{736BFDF2-ED08-9247-BF3A-81495A987B33}" sibTransId="{13874E13-A109-214B-A518-5D30CB8F4CA2}"/>
     <dgm:cxn modelId="{E151E52C-FA5F-A94B-AE93-15AB2894064E}" type="presOf" srcId="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" destId="{5604EC5E-DA18-2646-B3E4-7C4F83DFFC71}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{84F3C630-B5A4-BE43-8940-6DA35FF26DE6}" type="presOf" srcId="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" destId="{CBBF1B3D-E385-B541-9735-3DFDBF409182}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{2D94F333-30F7-9746-8B37-325E6CE88488}" type="presOf" srcId="{CD680954-F89B-A04E-AAA2-24210D50BE7F}" destId="{F745AF02-573B-CA43-AD6D-0E9775212ECE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{06117D39-9F3E-6646-9467-836C0E51DCFA}" type="presOf" srcId="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" destId="{BE178267-3F89-8A44-A563-16CC8157C923}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{730ADB40-5BBD-A24D-88CE-74C6CD8C09DE}" type="presOf" srcId="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" destId="{3210F758-9011-F141-8DFC-79B6E6E5442D}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{FD932C42-4B62-0440-942A-2F7C354AEA91}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{4F7B7093-3484-1B4E-9C82-8C9FC3C6A686}" srcOrd="3" destOrd="0" parTransId="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" sibTransId="{FD60B63B-A641-E442-A13C-5846251A1F2C}"/>
     <dgm:cxn modelId="{24B62546-2425-9D4D-A124-0CEAAEDB2CE3}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{278E13F7-F8C3-5C44-B71E-3EA28A8A1D2C}" srcOrd="1" destOrd="0" parTransId="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" sibTransId="{240A843C-7E36-FB42-90F0-B6DC6C401143}"/>
+    <dgm:cxn modelId="{74347348-F6AD-4242-BCC4-828180AD6B03}" type="presOf" srcId="{7B5185CF-F3B8-2140-879D-179EDCAD4E96}" destId="{8C7823DD-6B85-4244-AE73-574BD5F1C323}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{3745106E-B33A-8F4B-9981-889FB4DD2F8A}" type="presOf" srcId="{60F3A8F4-B270-7844-BF46-B072F848F48C}" destId="{A92045D3-45CD-C945-BA18-46FD049E5FF4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{2504D172-5F41-0948-B5F4-C433DA2DCBB1}" type="presOf" srcId="{4F7B7093-3484-1B4E-9C82-8C9FC3C6A686}" destId="{C090FB9B-8EA9-9949-9949-8C5984FF7A47}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{D974B553-43AD-1040-98A0-AEE08291DC11}" type="presOf" srcId="{0D37CBC8-6B4E-7C4B-8B56-7CCF76BF72F5}" destId="{97E24CEC-ADC5-D649-A9CC-FD22564DF74A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{32C64754-3E25-9143-9D44-0BA2C1FE51C7}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{0D37CBC8-6B4E-7C4B-8B56-7CCF76BF72F5}" srcOrd="4" destOrd="0" parTransId="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" sibTransId="{93C6A575-06F6-7F44-A2A4-04F13C6DBF42}"/>
     <dgm:cxn modelId="{A825997A-8E9A-9A4F-BA3C-41225EE34D04}" srcId="{E35774B4-2CD3-564E-8D1E-2E55ABA4EEF0}" destId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" srcOrd="0" destOrd="0" parTransId="{A1F59B02-9F09-7347-A93B-7D1686768455}" sibTransId="{EDF01C06-7448-9E42-9901-024779B16B11}"/>
     <dgm:cxn modelId="{B14DDF84-6070-6F4A-8AA0-2378474A6EB2}" type="presOf" srcId="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" destId="{C91FD5C3-55BE-1B41-A6A1-DA51CFE61CD5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{1C175789-6D10-FF44-BB70-F823E524CC8C}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{60F3A8F4-B270-7844-BF46-B072F848F48C}" srcOrd="7" destOrd="0" parTransId="{7B5185CF-F3B8-2140-879D-179EDCAD4E96}" sibTransId="{0C589AA0-9C89-F545-A6EA-3E0906D29895}"/>
     <dgm:cxn modelId="{74159095-390C-AD46-AAE1-44E8C4B48A0E}" type="presOf" srcId="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" destId="{7D087E76-E2CB-4C4A-89B2-7A7A128F95F1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{2765BE97-4DC5-4C45-BB69-9533EA98433C}" type="presOf" srcId="{F4F9A810-3F53-9C4F-8F5E-92A88388F727}" destId="{9D710988-DEAD-9E45-A127-E0767569CD2D}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{27ADEF97-5D11-854D-B9A2-3B2DC9D78229}" type="presOf" srcId="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" destId="{45EFC047-A4AD-4A41-B0D4-F070366BEA48}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{04C37BA2-91F0-B04E-B024-D403B83ED8BC}" type="presOf" srcId="{7B5185CF-F3B8-2140-879D-179EDCAD4E96}" destId="{96D32E09-D194-D843-B725-E2462F3A2507}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{DF803FAB-38CD-7241-925B-10ED12F5E216}" type="presOf" srcId="{C11B7553-EE58-B44C-B90B-B8CCDC88C675}" destId="{41DA06A3-01D0-4C48-82E8-85F9C20E0AE7}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{04E52AAC-6CD1-994C-A77A-351801D76726}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{CD680954-F89B-A04E-AAA2-24210D50BE7F}" srcOrd="0" destOrd="0" parTransId="{35F2A9C8-E1D2-C249-AD50-338184C56EE3}" sibTransId="{5F0C8998-B7E7-FD4C-AF21-AD93413F972E}"/>
     <dgm:cxn modelId="{5A6D02AD-A6D8-8B44-85C5-41E70A846E51}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{929DAED9-2673-BB45-BDA3-447086B4C48D}" srcOrd="5" destOrd="0" parTransId="{BA5F29AD-849C-6745-8871-0D7C5ADC53A6}" sibTransId="{5F349FA6-CAAE-5141-A5C2-E7A4C5525713}"/>
     <dgm:cxn modelId="{DF56C2B0-365A-4523-B04D-B5A0122E1A26}" type="presOf" srcId="{6766AC7E-91C2-442F-B54F-528F6472BB27}" destId="{7B4DA370-D524-47B5-8E50-CB0AF8C36A36}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{0EAEF0B0-BD3C-A946-AE21-74993CFAAD77}" type="presOf" srcId="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" destId="{5D086523-EB51-6D40-8927-C5A0CA259341}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{6EF5BFB3-B812-4CF7-9714-2280DE3F5F7F}" type="presOf" srcId="{75A53E33-0E40-4854-923D-E5643EE7B673}" destId="{6CA925B9-9698-4C42-8337-263B1DDB7D39}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{7385FCB9-CC86-5044-A545-928A994ADDBF}" type="presOf" srcId="{4461F2D8-4C03-F940-98C8-5A8EB153C037}" destId="{5321305C-1D86-3D40-A72C-05446C984719}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
-    <dgm:cxn modelId="{EF8413BE-1329-EB4B-89B2-11F43BB02C2C}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{756A5278-DBA9-6440-9461-6CC309136538}" srcOrd="7" destOrd="0" parTransId="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" sibTransId="{B36290E3-6545-1E44-9B3D-318844C7398A}"/>
+    <dgm:cxn modelId="{EF8413BE-1329-EB4B-89B2-11F43BB02C2C}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{756A5278-DBA9-6440-9461-6CC309136538}" srcOrd="8" destOrd="0" parTransId="{F5C56634-E66D-4C4E-A3E0-B0D6189EAA6F}" sibTransId="{B36290E3-6545-1E44-9B3D-318844C7398A}"/>
     <dgm:cxn modelId="{69FF26C5-BB19-7A4D-A733-8660FEB46DA6}" srcId="{E35774B4-2CD3-564E-8D1E-2E55ABA4EEF0}" destId="{F9CB024E-35A7-B34C-A60D-6FEB4AB7082F}" srcOrd="1" destOrd="0" parTransId="{377F3538-20F4-204D-8BD5-50C2FB23D102}" sibTransId="{83F728A1-C36C-844B-ACC7-70350ED91ACE}"/>
     <dgm:cxn modelId="{929A73C5-E9FC-204D-9E10-5979AD6CF1B3}" type="presOf" srcId="{736BFDF2-ED08-9247-BF3A-81495A987B33}" destId="{0234FC24-8B8F-0A4A-88E4-7CB81BA4CA96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{6841B0D9-937C-4A48-83E3-C31CC92CA17D}" type="presOf" srcId="{756A5278-DBA9-6440-9461-6CC309136538}" destId="{F96C4F65-9A86-024C-B223-32F77A7045B3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{85728BE9-2D74-FB4F-A5D1-DB869E2356DC}" type="presOf" srcId="{929DAED9-2673-BB45-BDA3-447086B4C48D}" destId="{AEBE4D1B-3F47-A24F-AA03-252D11651DC9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{CDBA94EF-F9EE-8D47-A447-2475B5ADFA5D}" type="presOf" srcId="{736BFDF2-ED08-9247-BF3A-81495A987B33}" destId="{93680216-5970-EF42-B2F8-3F5F0091752A}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{033023F0-7557-644B-8ABB-5D1580080D3E}" type="presOf" srcId="{8D9570E4-8AE2-9D4C-8F79-8BA010D23FD9}" destId="{8A51EA0F-7926-B04B-AA13-8AEAF020B5E0}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{684517F2-2636-0247-A20C-D8D455869610}" type="presOf" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{28BC4632-CFCD-3641-9784-5B35CFE9C9F5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{16972DF5-F96C-4AD2-967F-916927D0DEAC}" type="presOf" srcId="{75A53E33-0E40-4854-923D-E5643EE7B673}" destId="{798E4247-E04F-4073-8E43-96B9EC921287}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{7FC91FF6-2611-4748-8E29-67D30EBAD63A}" type="presOf" srcId="{E35774B4-2CD3-564E-8D1E-2E55ABA4EEF0}" destId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{CBECC1FB-8406-4F8A-A357-C633535652FF}" srcId="{48AF75D1-A64E-F142-BEF2-BF7A3620331C}" destId="{6766AC7E-91C2-442F-B54F-528F6472BB27}" srcOrd="2" destOrd="0" parTransId="{75A53E33-0E40-4854-923D-E5643EE7B673}" sibTransId="{C1467474-34B2-4D56-A1D7-E860BBC9ACC9}"/>
     <dgm:cxn modelId="{44C2B654-A712-F347-88F1-437404A110A0}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{28BC4632-CFCD-3641-9784-5B35CFE9C9F5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{8C8A9D2D-FA21-C14C-816E-435BD7360888}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{5604EC5E-DA18-2646-B3E4-7C4F83DFFC71}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{90707D19-357D-D648-93A7-76B5AC013652}" type="presParOf" srcId="{5604EC5E-DA18-2646-B3E4-7C4F83DFFC71}" destId="{2BFFE6C6-AFFA-B240-A5D8-1E38B107C825}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{5247AE06-A245-1442-A5BE-8F105AD07AC7}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{F745AF02-573B-CA43-AD6D-0E9775212ECE}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{A58881D6-BC01-2F40-8FA0-0332A2382FBA}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{BE178267-3F89-8A44-A563-16CC8157C923}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{EBFF43B9-0F77-6041-B6FF-5965E59C973B}" type="presParOf" srcId="{BE178267-3F89-8A44-A563-16CC8157C923}" destId="{9D710988-DEAD-9E45-A127-E0767569CD2D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{0F2876F7-A19D-6F4A-A188-AD5291FE571B}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{167D3BF0-2CF9-EE4F-AC69-173088E61A74}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{3D07C181-B787-4CF4-A689-DD47632B9CDD}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{798E4247-E04F-4073-8E43-96B9EC921287}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{5AC45B45-862B-4278-AFC7-0A1D38AD9F90}" type="presParOf" srcId="{798E4247-E04F-4073-8E43-96B9EC921287}" destId="{6CA925B9-9698-4C42-8337-263B1DDB7D39}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{C78F6300-D31B-4C6C-83CF-722CC91BEA42}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{7B4DA370-D524-47B5-8E50-CB0AF8C36A36}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{7FEA1723-9C3A-544B-A54B-FD3C1BD5D682}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{45EFC047-A4AD-4A41-B0D4-F070366BEA48}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{33F5EEF2-1429-3F4B-87C5-A01632DA07A9}" type="presParOf" srcId="{45EFC047-A4AD-4A41-B0D4-F070366BEA48}" destId="{8A51EA0F-7926-B04B-AA13-8AEAF020B5E0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{20BE7463-6DBD-F748-A416-A94A474CE283}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{C090FB9B-8EA9-9949-9949-8C5984FF7A47}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{2F7A9E8D-C772-644C-A841-25CFAAD061B4}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{7D087E76-E2CB-4C4A-89B2-7A7A128F95F1}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{FB98CE4A-E027-7245-B4C0-EB060F25E515}" type="presParOf" srcId="{7D087E76-E2CB-4C4A-89B2-7A7A128F95F1}" destId="{5321305C-1D86-3D40-A72C-05446C984719}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{22030A91-3BD4-9444-885A-FB7B7B9E7400}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{97E24CEC-ADC5-D649-A9CC-FD22564DF74A}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{9B4381EF-8707-BE4D-966B-9BEF8BF8C133}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{C91FD5C3-55BE-1B41-A6A1-DA51CFE61CD5}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{DC1C6FC3-8E9E-E440-BEAC-EE175FD2A71F}" type="presParOf" srcId="{C91FD5C3-55BE-1B41-A6A1-DA51CFE61CD5}" destId="{3210F758-9011-F141-8DFC-79B6E6E5442D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{9787FDB4-3A05-C141-9933-01E32BEA53BC}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{AEBE4D1B-3F47-A24F-AA03-252D11651DC9}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{BB3EF0DD-B8FF-4A40-96E9-C120EAD05C57}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{0234FC24-8B8F-0A4A-88E4-7CB81BA4CA96}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{F689E449-D2EB-FF42-ADDF-E507C2EDF95B}" type="presParOf" srcId="{0234FC24-8B8F-0A4A-88E4-7CB81BA4CA96}" destId="{93680216-5970-EF42-B2F8-3F5F0091752A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{27545C6E-BE61-6940-B784-0118B413699F}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{41DA06A3-01D0-4C48-82E8-85F9C20E0AE7}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
-    <dgm:cxn modelId="{74A29710-56BD-EB42-A9A3-703808EB0106}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{CBBF1B3D-E385-B541-9735-3DFDBF409182}" srcOrd="15" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{C6DD889B-9B84-424B-98B2-B90AFFBA7005}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{8C7823DD-6B85-4244-AE73-574BD5F1C323}" srcOrd="15" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{BE28214C-1E10-524E-93FD-E96F64A464DB}" type="presParOf" srcId="{8C7823DD-6B85-4244-AE73-574BD5F1C323}" destId="{96D32E09-D194-D843-B725-E2462F3A2507}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{E617A594-1B92-BC43-BFC9-347247ADDBC6}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{A92045D3-45CD-C945-BA18-46FD049E5FF4}" srcOrd="16" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{74A29710-56BD-EB42-A9A3-703808EB0106}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{CBBF1B3D-E385-B541-9735-3DFDBF409182}" srcOrd="17" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{C5506C8A-6825-2C41-A948-530141F38832}" type="presParOf" srcId="{CBBF1B3D-E385-B541-9735-3DFDBF409182}" destId="{5D086523-EB51-6D40-8927-C5A0CA259341}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
-    <dgm:cxn modelId="{02381F31-1B8A-8848-98C0-3CC56AF586C7}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{F96C4F65-9A86-024C-B223-32F77A7045B3}" srcOrd="16" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{02381F31-1B8A-8848-98C0-3CC56AF586C7}" type="presParOf" srcId="{9B2EBA1C-0270-6942-BBCC-51EE0D974760}" destId="{F96C4F65-9A86-024C-B223-32F77A7045B3}" srcOrd="18" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </dgm:whole>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{5FFDB66C-E4E5-E943-94B2-8B9CF291597B}">
       <dsp:nvSpPr>
@@ -6786,340 +6785,340 @@
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="294984" y="2377126"/>
         <a:ext cx="2493707" cy="649679"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{28BC4632-CFCD-3641-9784-5B35CFE9C9F5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1809604" y="1601339"/>
-          <a:ext cx="1307313" cy="1315171"/>
+          <a:off x="1959872" y="1696866"/>
+          <a:ext cx="1226343" cy="1233715"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent2"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="13335" tIns="13335" rIns="13335" bIns="13335" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="933450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2100" kern="1200">
+            <a:rPr lang="en-US" sz="2000" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Branch</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2001056" y="1793941"/>
-        <a:ext cx="924409" cy="929967"/>
+        <a:off x="2139466" y="1877539"/>
+        <a:ext cx="867155" cy="872369"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{5604EC5E-DA18-2646-B3E4-7C4F83DFFC71}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="16200000">
-          <a:off x="2233985" y="1353467"/>
-          <a:ext cx="458551" cy="37192"/>
+          <a:off x="2261506" y="1368629"/>
+          <a:ext cx="623074" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458551" y="18596"/>
+                <a:pt x="623074" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2451797" y="1360599"/>
-        <a:ext cx="22927" cy="22927"/>
+        <a:off x="2557467" y="1369752"/>
+        <a:ext cx="31153" cy="31153"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{F745AF02-573B-CA43-AD6D-0E9775212ECE}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1843914" y="-88270"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="1992056" y="-81020"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="D30071"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="9525" tIns="9525" rIns="9525" bIns="9525" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="666750">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1500" kern="1200">
+            <a:rPr lang="en-US" sz="1400" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Research</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2025316" y="92014"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="2162223" y="88098"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{BE178267-3F89-8A44-A563-16CC8157C923}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="18900000">
-[...1 lines deleted...]
-          <a:ext cx="458624" cy="37192"/>
+        <a:xfrm rot="18600000">
+          <a:off x="2857272" y="1586982"/>
+          <a:ext cx="623134" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458624" y="18596"/>
+                <a:pt x="623134" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="28292B"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3077531" y="1621723"/>
-        <a:ext cx="22931" cy="22931"/>
+        <a:off x="3153261" y="1588104"/>
+        <a:ext cx="31156" cy="31156"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{167D3BF0-2CF9-EE4F-AC69-173088E61A74}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3068387" y="418922"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="3160219" y="344155"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="D30071"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
@@ -7133,857 +7132,1004 @@
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Comms</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3249789" y="599206"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="3330386" y="513273"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{798E4247-E04F-4073-8E43-96B9EC921287}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="57280">
-[...1 lines deleted...]
-          <a:ext cx="463736" cy="37192"/>
+        <a:xfrm rot="21050916">
+          <a:off x="3174502" y="2149509"/>
+          <a:ext cx="628503" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="463736" y="18596"/>
+                <a:pt x="628503" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3337070" y="2262085"/>
-        <a:ext cx="23186" cy="23186"/>
+        <a:off x="3473041" y="2150496"/>
+        <a:ext cx="31425" cy="31425"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{7B4DA370-D524-47B5-8E50-CB0AF8C36A36}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3580413" y="1672332"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="3791520" y="1446434"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="088375"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="9525" tIns="9525" rIns="9525" bIns="9525" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="666750">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-GB" sz="1500" kern="1200">
+            <a:rPr lang="en-GB" sz="1400" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Organiser</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3761815" y="1852616"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="3961687" y="1615552"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{45EFC047-A4AD-4A41-B0D4-F070366BEA48}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="2700000">
-[...1 lines deleted...]
-          <a:ext cx="458624" cy="37192"/>
+        <a:xfrm rot="1800000">
+          <a:off x="3063114" y="2759860"/>
+          <a:ext cx="623166" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458624" y="18596"/>
+                <a:pt x="623166" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3077531" y="2873195"/>
-        <a:ext cx="22931" cy="22931"/>
+        <a:off x="3359118" y="2760980"/>
+        <a:ext cx="31158" cy="31158"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C090FB9B-8EA9-9949-9949-8C5984FF7A47}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3068387" y="2867868"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="3565918" y="2644987"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="088375"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8255" tIns="8255" rIns="8255" bIns="8255" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6985" tIns="6985" rIns="6985" bIns="6985" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="577850">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1300" kern="1200">
+            <a:rPr lang="en-US" sz="1100" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Negotiation officer</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3249789" y="3048152"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="3736085" y="2814105"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{7D087E76-E2CB-4C4A-89B2-7A7A128F95F1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="5400000">
-[...1 lines deleted...]
-          <a:ext cx="458551" cy="37192"/>
+        <a:xfrm rot="4200000">
+          <a:off x="2578881" y="3169031"/>
+          <a:ext cx="623094" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458551" y="18596"/>
+                <a:pt x="623094" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2451797" y="3134322"/>
-        <a:ext cx="22927" cy="22927"/>
+        <a:off x="2874851" y="3170153"/>
+        <a:ext cx="31154" cy="31154"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{97E24CEC-ADC5-D649-A9CC-FD22564DF74A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1843914" y="3375061"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="2613623" y="3444058"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFCD00"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="9525" tIns="9525" rIns="9525" bIns="9525" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="666750">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1500" kern="1200">
+            <a:rPr lang="en-US" sz="1400" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Education</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2025316" y="3555345"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="2783790" y="3613176"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C91FD5C3-55BE-1B41-A6A1-DA51CFE61CD5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="8100000">
-[...1 lines deleted...]
-          <a:ext cx="458624" cy="37192"/>
+        <a:xfrm rot="6600000">
+          <a:off x="1944112" y="3169031"/>
+          <a:ext cx="623094" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458624" y="18596"/>
+                <a:pt x="623094" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="10800000">
-        <a:off x="1826059" y="2873195"/>
-        <a:ext cx="22931" cy="22931"/>
+        <a:off x="2240082" y="3170153"/>
+        <a:ext cx="31154" cy="31154"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{AEBE4D1B-3F47-A24F-AA03-252D11651DC9}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="619441" y="2867868"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="1370490" y="3444058"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:srgbClr val="F2861B"/>
+          <a:srgbClr val="FFCD00"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="10160" tIns="10160" rIns="10160" bIns="10160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Networks</a:t>
+            <a:t>NOU</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="800843" y="3048152"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="1540657" y="3613176"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{0234FC24-8B8F-0A4A-88E4-7CB81BA4CA96}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="10800000">
-[...1 lines deleted...]
-          <a:ext cx="458662" cy="37192"/>
+        <a:xfrm rot="9000000">
+          <a:off x="1459806" y="2759860"/>
+          <a:ext cx="623166" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458662" y="18596"/>
+                <a:pt x="623166" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="10800000">
-        <a:off x="1568806" y="2247458"/>
-        <a:ext cx="22933" cy="22933"/>
+        <a:off x="1755810" y="2760980"/>
+        <a:ext cx="31158" cy="31158"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{41DA06A3-01D0-4C48-82E8-85F9C20E0AE7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="112247" y="1643395"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="418195" y="2644987"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="F2861B"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1400" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Networks</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="588362" y="2814105"/>
+        <a:ext cx="821640" cy="816576"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{8C7823DD-6B85-4244-AE73-574BD5F1C323}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="11400000">
+          <a:off x="1350444" y="2136406"/>
+          <a:ext cx="623370" cy="33399"/>
+        </a:xfrm>
+        <a:custGeom>
+          <a:avLst/>
+          <a:gdLst/>
+          <a:ahLst/>
+          <a:cxnLst/>
+          <a:rect l="0" t="0" r="0" b="0"/>
+          <a:pathLst>
+            <a:path>
+              <a:moveTo>
+                <a:pt x="0" y="16699"/>
+              </a:moveTo>
+              <a:lnTo>
+                <a:pt x="623370" y="16699"/>
+              </a:lnTo>
+            </a:path>
+          </a:pathLst>
+        </a:custGeom>
+        <a:noFill/>
+        <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm rot="10800000">
+        <a:off x="1646544" y="2137521"/>
+        <a:ext cx="31168" cy="31168"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{A92045D3-45CD-C945-BA18-46FD049E5FF4}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="202518" y="1420945"/>
+          <a:ext cx="1161592" cy="1154401"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="F2861B"/>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst>
+          <a:outerShdw blurRad="38100" dist="25400" dir="5400000" rotWithShape="0">
+            <a:schemeClr val="bg1">
+              <a:alpha val="35000"/>
+            </a:schemeClr>
+          </a:outerShdw>
+        </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="10160" tIns="10160" rIns="10160" bIns="10160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1600" kern="1200">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:rPr lang="en-GB" sz="1600" kern="1200">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>MCC</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="293649" y="1823679"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="372629" y="1590003"/>
+        <a:ext cx="821370" cy="816285"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{CBBF1B3D-E385-B541-9735-3DFDBF409182}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="13500000">
-[...1 lines deleted...]
-          <a:ext cx="458624" cy="37192"/>
+        <a:xfrm rot="13800000">
+          <a:off x="1665680" y="1586982"/>
+          <a:ext cx="623134" cy="33399"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="18596"/>
+                <a:pt x="0" y="16699"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="458624" y="18596"/>
+                <a:pt x="623134" y="16699"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="28292B"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="10800000">
-        <a:off x="1826059" y="1621723"/>
-        <a:ext cx="22931" cy="22931"/>
+        <a:off x="1961669" y="1588104"/>
+        <a:ext cx="31156" cy="31156"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{F96C4F65-9A86-024C-B223-32F77A7045B3}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="619441" y="418922"/>
-          <a:ext cx="1238693" cy="1231058"/>
+          <a:off x="823893" y="344155"/>
+          <a:ext cx="1161974" cy="1154812"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="D30071"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
@@ -7997,52 +8143,52 @@
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Legal</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="800843" y="599206"/>
-        <a:ext cx="875889" cy="870490"/>
+        <a:off x="994060" y="513273"/>
+        <a:ext cx="821640" cy="816576"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2008/layout/RadialCluster">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="relationship" pri="19500"/>
     <dgm:cat type="cycle" pri="15000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="11">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="12">
@@ -21604,51 +21750,51 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -21689,51 +21835,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851342" y="0"/>
             <a:ext cx="2946347" cy="498215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71F0380D-5D71-494F-9C94-845C4E5728D8}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/30/2025</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9431600"/>
             <a:ext cx="2946347" cy="498214"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -21773,51 +21919,51 @@
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{53D8B618-9C59-9541-B0FE-1F291D0365F5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="819642340"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -21858,51 +22004,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851342" y="0"/>
             <a:ext cx="2946347" cy="498215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7775DE61-124E-0F40-8D2D-41EDA1E0CEE2}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/30/2025</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422275" y="1241425"/>
             <a:ext cx="5954713" cy="3351213"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -22638,62 +22784,96 @@
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Do this activity as big group face to face</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Outcome to be achieved:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>What is required of reps – what skills, expectation. Do reps have experience of a really good rep or  a really bad rep and learn by example in order to add items to this list…..</a:t>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>To become familiar with all the roles and tasks performed by a TU rep</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>I tend to ask each reps to pick the 4 that mean the most for them as each branch is different and one reps primary goal/focus may be different to another reps.</a:t>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Recap page 21 if not covered by feedback.</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" b="1" baseline="0">
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" baseline="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -22733,134 +22913,67 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...13 lines deleted...]
-              <a:tabLst/>
+            <a:pPr defTabSz="457200">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1">
-                <a:latin typeface="Arial" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Outcome to be achieved: learn</a:t>
+              <a:t>Pages 23-25</a:t>
             </a:r>
-            <a:r>
-[...50 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" kern="1200">
+            <a:endParaRPr lang="en-US" sz="1200" b="1" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>11</a:t>
@@ -22978,94 +23091,94 @@
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>There</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> are explanations in the workbook taken from the handbook pick out any that people have an interest in and need clarity on.</a:t>
+              <a:t> are explanations in the workbook taken from the handbook (20 -23) pick out any that people have an interest in and need clarity on.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1200" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="195597407"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1093873596"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -23176,80 +23289,54 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" b="1">
-              <a:latin typeface="Arial" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Arial" charset="0"/>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
             </a:endParaRPr>
-          </a:p>
-[...13 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -23289,54 +23376,51 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C16B0746-24FF-0B4F-A25A-E2B460B25A57}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -25340,105 +25424,51 @@
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Learn</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" baseline="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t> how the member interacts with union as a whole</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" baseline="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>This diagram is from the rep’s handbook and shows the communication and relationship members have with parts of the union.</a:t>
             </a:r>
-          </a:p>
-[...53 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C16B0746-24FF-0B4F-A25A-E2B460B25A57}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -25510,57 +25540,88 @@
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Outcomes to be achieved:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
-[...4 lines deleted...]
-              <a:t>Highlight the actual role, skills and expectations….</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>This session is designed to find out what the reps think a trade union is and how it can help them.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>In particular when a rep is asked “Why should I join?”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>One of the things all reps find hard is recruiting. What should they say to persuade someone to join.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Ask the question,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> then go the next slide</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -25570,66 +25631,50 @@
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2793845406"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
-</file>
-[...14 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -26149,617 +26194,52 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9968366" y="642443"/>
             <a:ext cx="1811215" cy="907140"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3270145908"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...559 lines deleted...]
-
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -27378,788 +26858,128 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...658 lines deleted...]
-
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/how-to-use-the-the_union-knowledge-hub/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/movement-email-guide-for-reps/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospectorguk.sharepoint.com/:v:/s/DigitalOrganising/EVWMb-0QLBlOtc_XdC1JfOEBzRhuQ6dGCK7r-c-hstyfgQ?e=T4HXRy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -28893,101 +27713,105 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06B6C2C2-E7E0-A045-95ED-E9F36462971D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4775200" y="2488816"/>
             <a:ext cx="3724952" cy="3684895"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Health &amp; safety rep</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Union learning rep</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Equality rep</a:t>
+              <a:t>Equality rep *</a:t>
             </a:r>
+            <a:endParaRPr lang="en-GB" sz="2400">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Pension rep</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
@@ -29021,134 +27845,178 @@
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Communication rep</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="2400">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1828AD98-1E29-CEC1-07ED-923EB64D87CF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1664390" y="6184956"/>
+            <a:ext cx="4116805" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>New statutory rights 2026*</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1677483893"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="888024" y="1327637"/>
-            <a:ext cx="7095392" cy="1371601"/>
+            <a:off x="1004711" y="955343"/>
+            <a:ext cx="7743635" cy="1230296"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>The expected values and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>behaviour</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> of reps</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F0B7EBA-EA10-4504-80D7-00EFC93866A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1004711" y="3015761"/>
-            <a:ext cx="3608233" cy="3181771"/>
+            <a:off x="1004711" y="2512639"/>
+            <a:ext cx="3608233" cy="3684894"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Respectful</a:t>
             </a:r>
@@ -29226,64 +28094,64 @@
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Able to network</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="2400">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6">
+          <p:cNvPr id="8" name="Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06B6C2C2-E7E0-A045-95ED-E9F36462971D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64A4EE26-8B50-4B9E-9F5F-397B3C176B5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4775200" y="3015761"/>
-            <a:ext cx="3724952" cy="3157950"/>
+            <a:off x="4775200" y="2488816"/>
+            <a:ext cx="3724952" cy="3684895"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Flexible</a:t>
             </a:r>
@@ -29345,107 +28213,110 @@
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>A sounding board for ideas</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" sz="2400">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3703607484"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3178524281"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94E3C4C1-A933-4BF4-AECB-6DC295794EEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="226587" y="392466"/>
-            <a:ext cx="7760988" cy="800714"/>
+            <a:ext cx="9156457" cy="800714"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB"/>
+              <a:rPr lang="en-GB">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t>Code of practice for Prospect reps</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B75EDF5-0169-454F-A185-85CEFC295E70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="226587" y="1516566"/>
             <a:ext cx="10534340" cy="5341434"/>
@@ -29526,221 +28397,123 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF470ED0-B5A7-4DC8-8406-8F59CC323C41}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EF97E86-562C-4C84-A630-CC2A30ED702F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="236125" y="-602187"/>
-            <a:ext cx="8752506" cy="1653210"/>
+            <a:off x="98414" y="-225778"/>
+            <a:ext cx="10285686" cy="1653210"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" b="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-GB">
                 <a:latin typeface="Arial"/>
-                <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>​</a:t>
+              <a:t>Code of practice for Prospect reps</a:t>
             </a:r>
+            <a:endParaRPr lang="en-GB" b="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 1">
+          <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A652A709-EB87-46F1-938D-71CC282B4181}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98DCAB45-9B2B-48EA-B0A2-70E0BD6B2631}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="115677" y="1566231"/>
-            <a:ext cx="12079990" cy="5447645"/>
+            <a:off x="97316" y="1575413"/>
+            <a:ext cx="12107534" cy="5447645"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...93 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>In representing Prospect, representatives must:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Only speak or act on behalf of Prospect when </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" err="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
@@ -29800,51 +28573,51 @@
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Not bring Prospect into disrepute, including through the use of email, social and mainstream media and other internet sites. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="770266742"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3403028225"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -29854,96 +28627,50 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505415" y="2180928"/>
             <a:ext cx="7939668" cy="1187795"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>The branch and its data</a:t>
             </a:r>
-          </a:p>
-[...44 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1110128666"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -30347,171 +29074,173 @@
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Knowledge Hub</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1475523" y="2214390"/>
-            <a:ext cx="6401537" cy="4084589"/>
+            <a:ext cx="6401537" cy="3863078"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Web pages, online resources and membership lists for your branch.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" i="1"/>
+              <a:rPr lang="en-GB" sz="1800" i="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t>Chairs, Vice Chairs, Secretaries, Assistant Secretaries and Communications Representatives </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" b="1"/>
+              <a:rPr lang="en-GB" sz="1800" b="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t>can update web pages and resources</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" i="1"/>
+              <a:rPr lang="en-GB" sz="1800" i="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t>Chairs, Vice Chairs, Secretaries, Assistant Secretaries, Membership and Recruitment Secretaries and Organising Representatives</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800"/>
+              <a:rPr lang="en-GB" sz="1800">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" b="1"/>
+              <a:rPr lang="en-GB" sz="1800" b="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t>can see membership lists.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1800" b="1" i="1"/>
+            <a:endParaRPr lang="en-GB" sz="1800" b="1" i="1">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" b="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Movement</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>, a new communication tool (bulk mailer), is now available.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1800">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>How to use the Prospect Knowledge Hub | Prospect</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
-            <a:r>
-[...13 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-GB" sz="1100">
-              <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3479891633"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -30566,86 +29295,79 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Movement is the new tool to safely contact your members. Video link included and extra content on the course resource page </a:t>
+              <a:t>Movement is the new tool to safely contact your members. Video link included and extra content in the workbook. </a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>https://prospect.org.uk/movement-email-guide-for-reps/</a:t>
+              <a:t>Movement campaign building run through_19-12-24 1.mov</a:t>
             </a:r>
-            <a:r>
-[...18 lines deleted...]
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-GB">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="805729037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -30877,84 +29599,108 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Action plan so far…</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1475523" y="2644048"/>
             <a:ext cx="7668478" cy="3756752"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+          <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Start to fill in your action plan for when you return to the workplace to improve  your organisation (continued in further online sessions).</a:t>
+              <a:t>Start to fill in your action plan for when you return to the workplace to improve  your organisation (continued </a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="2400">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>infurther</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> online sessions.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>As part of the rep’s action plan on going back to the workplace you need to find out who fills the branch roles, who is organiser &amp; F.T.O?</a:t>
+              <a:t>As part of the rep’s action plan on going back to the workplace you need to find out who fills the branch roles, who is organiser &amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>F.T.O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Activity K - How well organised is your workplace? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="tx1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -31655,79 +30401,70 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Committee</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E1CB59D-993D-804D-AB98-6F4ED1670401}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="391723" y="5190138"/>
-            <a:ext cx="7970565" cy="923330"/>
+            <a:off x="1505415" y="5249792"/>
+            <a:ext cx="5219235" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>As part of the rep’s action plan on going back to the workplace you need to find out who fills these roles in your branch?</a:t>
-            </a:r>
-[...7 lines deleted...]
-              <a:t>Who are you representing? (department, workplace, grade)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="9" name="Diagram 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3BF641D-CACA-C844-A4B5-CCCDCAE51635}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2045043378"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3137010" y="1921013"/>
           <a:ext cx="5917979" cy="3581949"/>
@@ -32443,79 +31180,83 @@
             <a:ext cx="8901000" cy="1525110"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Branch issues</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="TextBox 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="573326" y="5301487"/>
-            <a:ext cx="7520242" cy="1161918"/>
+            <a:off x="1443208" y="5358231"/>
+            <a:ext cx="5651653" cy="843109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Which issue should the branch try to address first?</a:t>
+              <a:t>Which issue should </a:t>
             </a:r>
-          </a:p>
-          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" sz="2400" b="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Can you set up a working group to tackle each problem?</a:t>
+              <a:t>the branch try to address first?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Group 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A58F9BA5-5340-FE42-B92A-BA5CF9196C06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5421122" y="1454626"/>
             <a:ext cx="2046385" cy="1553379"/>
             <a:chOff x="5746531" y="1536028"/>
             <a:chExt cx="2046385" cy="1553379"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
@@ -33139,58 +31880,58 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="5400"/>
               <a:t>Branch support</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2027146508"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1960625308"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1443207" y="1851414"/>
-          <a:ext cx="4926522" cy="4517850"/>
+          <a:off x="1443206" y="1851414"/>
+          <a:ext cx="5146279" cy="4517850"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6531429" y="3406835"/>
             <a:ext cx="2126807" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
@@ -33674,307 +32415,50 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
                 <a:lumMod val="96000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="100000" b="100000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Prospect-Bectu-theme" id="{2EFA9355-B15C-5640-A932-24E9B7F024C7}" vid="{93BF297F-3784-2A40-9215-0E44D9E6811D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Prospect-Bectu-theme">
-[...255 lines deleted...]
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -34225,51 +32709,51 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -34499,52 +32983,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d5f17128a432b65fc8aa92700b0fa4dd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a26d77bebca3477cfdc982135ab9a3b6" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0ecf5486-e989-4379-bfee-e9488933998c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ee50a468a1df45cb04c4cf7cf53f91b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0682d65b56c2810fb0605dcc6fee6b1a" ns2:_="" ns3:_="">
     <xsd:import namespace="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <xsd:import namespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -34759,151 +33263,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EBF4D97-EA53-4642-8DED-00DF86374EDE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E2FB410-D4B0-4146-BBE1-14CD914E539D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
+    <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{941C84D8-9D33-494C-A2CF-DD6441341CDA}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53979175-46CD-4B42-9E11-56187DEC69C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2019-01388-Template-Prospect-Powerpoint-template-Version-12-09-2019</Template>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Slides>21</Slides>
   <Notes>20</Notes>
   <HiddenSlides>0</HiddenSlides>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
+    <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Prospect-Bectu-theme</vt:lpstr>
-      <vt:lpstr>1_Prospect-Bectu-theme</vt:lpstr>
       <vt:lpstr>A branch </vt:lpstr>
       <vt:lpstr>Why does it matter what branch you are in?</vt:lpstr>
       <vt:lpstr>What happens when a new member joins Prospect?</vt:lpstr>
       <vt:lpstr>A branch </vt:lpstr>
       <vt:lpstr>How is a branch democratic?</vt:lpstr>
       <vt:lpstr>Branch issues</vt:lpstr>
       <vt:lpstr>Branch support</vt:lpstr>
       <vt:lpstr>Prospect structure</vt:lpstr>
       <vt:lpstr>The role of a rep</vt:lpstr>
       <vt:lpstr>Activity E: What do union reps do?</vt:lpstr>
       <vt:lpstr>Different types of reps</vt:lpstr>
       <vt:lpstr>The expected values and behaviour of reps</vt:lpstr>
       <vt:lpstr>Code of practice for Prospect reps</vt:lpstr>
-      <vt:lpstr>Code of practice for Prospect reps​</vt:lpstr>
+      <vt:lpstr>Code of practice for Prospect reps </vt:lpstr>
       <vt:lpstr>The branch and its data</vt:lpstr>
       <vt:lpstr>GDPR – things to remember</vt:lpstr>
       <vt:lpstr>GDPR – Don’t</vt:lpstr>
       <vt:lpstr>Knowledge Hub</vt:lpstr>
       <vt:lpstr>Movement</vt:lpstr>
       <vt:lpstr>Action plan so far…</vt:lpstr>
       <vt:lpstr>Activity K: How well organised is your workplace? </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Kathryn Sharratt</dc:creator>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>