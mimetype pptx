--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,95 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483691" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId14"/>
+    <p:notesMasterId r:id="rId15"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="510" r:id="rId5"/>
-    <p:sldId id="511" r:id="rId6"/>
-[...6 lines deleted...]
-    <p:sldId id="550" r:id="rId13"/>
+    <p:sldId id="552" r:id="rId6"/>
+    <p:sldId id="511" r:id="rId7"/>
+    <p:sldId id="518" r:id="rId8"/>
+    <p:sldId id="551" r:id="rId9"/>
+    <p:sldId id="514" r:id="rId10"/>
+    <p:sldId id="513" r:id="rId11"/>
+    <p:sldId id="512" r:id="rId12"/>
+    <p:sldId id="519" r:id="rId13"/>
+    <p:sldId id="550" r:id="rId14"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -208,51 +211,51 @@
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="008476"/>
     <a:srgbClr val="FEC86E"/>
     <a:srgbClr val="FBD603"/>
     <a:srgbClr val="28292B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{459BFF02-3BBF-55B8-7FC6-781FD7600130}" v="4" dt="2025-10-10T13:59:27.382"/>
+    <p1510:client id="{F294B787-9E84-45D5-8B10-A55E1B7CDDEA}" v="6" dt="2026-01-15T08:13:58.905"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -527,106 +530,173 @@
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="78804" autoAdjust="0"/>
+  </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
-          <a:sx n="1" d="2"/>
-          <a:sy n="1" d="2"/>
+          <a:sx n="48" d="100"/>
+          <a:sy n="48" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="1904" y="472"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="-760"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{459BFF02-3BBF-55B8-7FC6-781FD7600130}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{459BFF02-3BBF-55B8-7FC6-781FD7600130}" dt="2025-10-10T13:59:27.382" v="3" actId="20577"/>
+    <pc:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}"/>
+    <pc:docChg chg="undo custSel modSld">
+      <pc:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:16:15.547" v="81" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{459BFF02-3BBF-55B8-7FC6-781FD7600130}" dt="2025-10-10T13:59:27.382" v="3" actId="20577"/>
+      <pc:sldChg chg="addSp modSp mod modAnim modNotesTx">
+        <pc:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:16:15.547" v="81" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="4274872432" sldId="510"/>
+          <pc:sldMk cId="2384727387" sldId="513"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:15:54.800" v="80" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2384727387" sldId="513"/>
+            <ac:spMk id="4" creationId="{78CEC345-844B-71BD-A516-DD7B08A035E2}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:13:06.591" v="71" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2384727387" sldId="513"/>
+            <ac:spMk id="8" creationId="{AA7B3EB1-A793-4A33-A982-816E2D1E7F75}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:13:48.020" v="75" actId="6549"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2384727387" sldId="513"/>
+            <ac:spMk id="9" creationId="{0DB1ED0E-9851-4AC5-95A8-19BA169CCB89}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:13:58.905" v="76"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2384727387" sldId="513"/>
+            <ac:spMk id="10" creationId="{2946BD18-DCC5-47BA-9862-DE217D4D4BB1}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modNotesTx">
+        <pc:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:08:41.541" v="67" actId="113"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="475468944" sldId="551"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="delSp modSp mod">
+        <pc:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:07:36.712" v="1" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="562249508" sldId="552"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Martin Roberts" userId="S::martin.roberts@prospect.org.uk::809e680c-7cbe-4ca5-8db2-be1c15666466" providerId="AD" clId="Web-{459BFF02-3BBF-55B8-7FC6-781FD7600130}" dt="2025-10-10T13:59:27.382" v="3" actId="20577"/>
+          <ac:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:07:36.712" v="1" actId="1076"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="4274872432" sldId="510"/>
-            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="562249508" sldId="552"/>
+            <ac:spMk id="2" creationId="{8B719D0F-8608-30A3-A036-277C524DE3A3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del">
+          <ac:chgData name="Abbie Jenkinson" userId="eea7fb28-1679-433b-b7c8-8d9b353028dc" providerId="ADAL" clId="{5B4D50E6-874A-4467-A758-2C7AE13CC3BF}" dt="2026-01-15T08:07:33.193" v="0" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="562249508" sldId="552"/>
+            <ac:spMk id="5" creationId="{CCC0DB87-AD2B-E642-FCF5-312AAFC954DC}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -677,51 +747,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7775DE61-124E-0F40-8D2D-41EDA1E0CEE2}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/10/2025</a:t>
+              <a:t>1/15/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -945,51 +1015,55 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prospect.org.uk/tutor-pr1-pr2/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -1039,145 +1113,697 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Outcomes to be achieved:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" b="1">
-[...11 lines deleted...]
-          <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buFont typeface="Arial"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>In particular when a rep is asked “Why should I join?”</a:t>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>Introduce yourself including your pro nouns</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buFont typeface="Arial"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>One of the things all reps find hard is recruiting. What should they say to persuade someone to join.</a:t>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>Talk through some of the technology e.g. cameras on + mute when not speaking + use of virtual hands and use of chat </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buFont typeface="Arial"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>The reps joining instructions asked them to go to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="0" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Tutor resources – Prospect | Prospect</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="0" dirty="0"/>
+              <a:t>; download workbook and do some pre reading. Show them the webpage and open up the workbook and talk through various sections including Learning outcomes, course timetable, equality and diversity</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Explain that this is an interactive course and reps are encouraged to discuss ideas, ask questions and participate in the sessions. We will have opportunity to talk to each other and share experiences from different workplaces </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>For some of the activities we will use interactive tools like </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>slido</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> or whiteboard or chat (whatever you are most confident in using). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="0" dirty="0"/>
+              <a:t>Explain how the tutors feedback works.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3701568951"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Set as homework. To complete statements on Page 14</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> and watch video How Prospect works. This is just the first video in the collection (the reps don’t need to watch the others as they are for reps 2 training.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcome to be achieved:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>A snapshot of what their branch is like and an understanding of the union structure</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Follow up activity in session 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Look at the following the questionnaire think about:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>On a scale of 1-10, how well organised would you say your workplace is? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>In what ways is your workplace organised?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>What can be improved in the following areas:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>building membership</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>communicating with members</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>getting members active</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3805776122"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70863DA9-1F9D-DDF7-0ABF-5C1552185548}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47783B6B-2A1E-48FF-509E-03C26DF6A7E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41A2FA8B-7816-2B1C-B459-D4FDB306609C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcomes to be achieved:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>This session is designed to find out what the reps think a trade union is and how it can help them.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>In particular when a rep is asked “Why should I join?”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>One of the things all reps find hard is recruiting. What should they say to persuade someone to join.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Ask the question,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> then go the next slide</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C82FD879-D145-1D89-5FD6-F67A5574B783}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3592630550"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -1267,315 +1893,60 @@
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
               <a:t> place to work, environmental issues and robust procedures that help members.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1588107194"/>
-      </p:ext>
-[...253 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="261100094"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1786,51 +2157,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3956436637"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="261100094"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1840,195 +2211,192 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcome to be achieved: Learn</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" baseline="0" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> what recognition is:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" baseline="0" dirty="0">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" baseline="0" dirty="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>There is a model recognition agreement in the appendix</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" baseline="0" dirty="0">
+              <a:latin typeface="Arial" charset="0"/>
+              <a:ea typeface="Arial" charset="0"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...96 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3997652344"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3956436637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2038,393 +2406,367 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Outcome to be achieved: </a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>Outcomes to be achieved: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>Facts</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" baseline="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t> that can be used promote the benefits of joining Prospect</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t> that can be used promote the benefits of joining Prospect:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>This slide has two clicks the first is for</a:t>
+              <a:t>If someone is saying their</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t> trade union figures as a whole and the second is for Prospect only.</a:t>
-[...48 lines deleted...]
-          <a:p>
+              <a:t> career might be affected if they join, or it is not for my level of management, the law gives anyone the right to join a union</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2629376331"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3997652344"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
-        <p:style>
-[...12 lines deleted...]
-        </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Do this activity as big group face to face</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1">
+              <a:t>Outcome to be achieved: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>There</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" b="1" baseline="0">
+              <a:t>Facts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0" dirty="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t> is no real alternative to a trade union (five minutes)</a:t>
-[...21 lines deleted...]
-            </a:r>
+              <a:t> that can be used promote the benefits of joining Prospect</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This slide has two clicks the first is for</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t> trade union figures as a whole and the second is for Prospect only.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
-              <a:t>What would happen if the employer finds out about what is being said on Facebook? </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Prospect negotiates with more than 400 different employers.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
-              <a:t>What would happen if the employer said no to a request from a forum or an individual? </a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>These </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>are the facts that back up</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t> why it is value for money to join.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0"/>
-[...28 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:rPr lang="en-US" b="1" baseline="0" dirty="0"/>
+              <a:t>Always mention that local issues make the most difference to people.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3805776122"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2629376331"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2454,179 +2796,162 @@
         <p:spPr/>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Use whiteboard</a:t>
+              <a:t>Do this activity as big group face to face</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Outcome to be achieved:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Outcomes to be achieved: improve understanding of what can be negotiated (15 minutes)</a:t>
+              <a:t>There</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" baseline="0">
+                <a:latin typeface="Arial" charset="0"/>
+                <a:ea typeface="Arial" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t> is no real alternative to a trade union (five minutes)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Split class into small groups of 3 or 4  (10 mins max)</a:t>
+              <a:t>Workbook page 8, act as moderator for the discussion and raise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> questions such as:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buFont typeface="Arial" charset="0"/>
+              <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t>What would happen if the employer finds out about what is being said on Facebook? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t>What would happen if the employer said no to a request from a forum or an individual? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t>How can we argue against the person who says they get a pay rise even if they don’t join )a freeloader)?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Sum up with explaining that negotiate is finding a compromise that both sides are happy with. Campaigning is persuading others</a:t>
+              <a:t>Sum up the benefits of union membership,</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t> that something needs to be done.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t> in particular for an individual member with an issue.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buFont typeface="Arial" charset="0"/>
+              <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...59 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t> off </a:t>
-[...7 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Generally the easiest recruitment pitch is to say why you joined. As you work in the same place, it will have resonance with the non-member and the passion will show through, rather than sounding like a script.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
@@ -2665,241 +2990,206 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Set as homework. To complete statements on Page 14</a:t>
-[...7 lines deleted...]
-              <a:t> and watch video How Prospect works. This is just the first video in the collection (the reps don’t need to watch the others as they are for reps 2 training.)</a:t>
+              <a:t>Use whiteboard</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Outcome to be achieved:</a:t>
+              <a:t>Outcomes to be achieved: improve understanding of what can be negotiated (15 minutes)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...90 lines deleted...]
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
-[...13 lines deleted...]
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US"/>
+              <a:t>Split class into small groups of 3 or 4  (10 mins max)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
-[...13 lines deleted...]
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US"/>
+              <a:t>Sum up with explaining that negotiate is finding a compromise that both sides are happy with. Campaigning is persuading others</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> that something needs to be done.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US" b="0"/>
+              <a:rPr lang="en-US"/>
+              <a:t>We are looking for the groups to come up with </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Explain only trade issues not political issues such the global climate strike 2019</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Can negotiate on:	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>			</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Pay and conditions				</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Health &amp; safety				</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Equality</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Redundancy </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Time</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> off </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t>If you know examples from anyone branch, add them in.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A3F4684-F84F-4E44-9D26-CB3898D7E83A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -4018,354 +4308,775 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/showcase/prospect-ed" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistics/trade-union-statistics-2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/showcase/prospect-ed" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3681FDE3-C25B-30FF-B89E-F42A31228973}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705315" y="-103142"/>
+            <a:ext cx="8838794" cy="2114460"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Reps 1: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>course overview</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957B0876-E9E3-7E4F-4493-C9BBD456DAFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="622404" y="2188926"/>
+            <a:ext cx="5883904" cy="3416320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tech! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course materials</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Learning outcomes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Timetable:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Break 11</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lunch 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Finish 3.30</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="2400" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tutor feedback</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4274872432"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505415" y="2380595"/>
-            <a:ext cx="7939668" cy="2382236"/>
+            <a:off x="527538" y="386862"/>
+            <a:ext cx="7111048" cy="1310053"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="3600">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>What is a trade union?</a:t>
-[...12 lines deleted...]
-              <a:t>Update 2 Oct 2025</a:t>
+              <a:t>Activity D: Your workplace - Homework</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Title 1"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505415" y="266135"/>
-            <a:ext cx="8838794" cy="2114460"/>
+            <a:off x="395655" y="1846385"/>
+            <a:ext cx="6005146" cy="5009064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-            <a:lvl1pPr algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
-                <a:spcPct val="0"/>
+                <a:spcPts val="900"/>
               </a:spcBef>
-              <a:buNone/>
-[...18 lines deleted...]
-            </a:r>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Read the statements in the workbook and tick which describes your branch at the moment. Using the questionnaire, think about how you rate your workplace.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Start/think of your action plan to improve your organisation when you return to the workplace.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Watch first video in collection on union structure</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://vimeo.com/showcase/prospect-ed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="2400">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Password - education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="2400">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE2F6039-567A-2F4D-9AAA-E339CF49D597}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6635904" y="2490702"/>
+            <a:ext cx="4798673" cy="3199116"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4274872432"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3731343135"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{271FC9EB-23B9-4004-6C8B-2E0782D69B68}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B719D0F-8608-30A3-A036-277C524DE3A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1505415" y="1736161"/>
-            <a:ext cx="7259444" cy="1470025"/>
+            <a:off x="829554" y="591551"/>
+            <a:ext cx="7939668" cy="2382236"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4400">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>The definition </a:t>
+              <a:t>What is a trade union?</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4400">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="4400">
+              <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>of a trade union</a:t>
-[...45 lines deleted...]
-              <a:t> association of workers in a trade, group of trades, or profession, formed to protect and further their rights and interests.</a:t>
+              <a:t>Update 2 Oct 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601616327"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="562249508"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
+            <a:off x="1505415" y="1736161"/>
+            <a:ext cx="7259444" cy="1470025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>The definition </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="4400">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>of a trade union</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1505415" y="3505038"/>
+            <a:ext cx="6423102" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>An </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" err="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>organised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> association of workers in a trade, group of trades, or profession, formed to protect and further their rights and interests.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601616327"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
             <a:off x="1505416" y="254985"/>
             <a:ext cx="4150318" cy="1663025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Recognition in the workplace</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -4461,51 +5172,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>With a recognition agreement in place, the employer ‘recognises’ the union for purposes of collective bargaining and a written agreement sets out the scope and the process of how it is done. Statutory recognition is limited to pay, hours and holidays. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1778026422"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -5012,51 +5723,51 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3408978856"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="475468944"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -5211,51 +5922,51 @@
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>leave a union or stop doing union activities.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="232403197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -5294,316 +6005,425 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1505416" y="1736014"/>
             <a:ext cx="2274850" cy="4241040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>You are better off in a workplace that </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1" err="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>recognises</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> a union because:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>on average 4.2% more in salary (TUC 2023)</a:t>
+              <a:t>You earn on average 4.9% more in salary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" baseline="30000" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> 1 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>health and safety is better</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>more training.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DB1ED0E-9851-4AC5-95A8-19BA169CCB89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4148255" y="1754740"/>
             <a:ext cx="2442116" cy="4018015"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Trade unions all together in the UK:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>6.4 million members: (TUC 2023)</a:t>
+              <a:t>6.4 million members (2024)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" baseline="30000" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Got £320 million in compensation (TUC 2015)</a:t>
+              <a:t>47 TUC affiliated </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Trained 29,694 representatives (TUC 2019)</a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1200">
+              <a:t>Unions instrumental in fighting for workers rights</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" baseline="30000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>(TUC Still the latest stats available)</a:t>
+              <a:t> 2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="TextBox 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2946BD18-DCC5-47BA-9862-DE217D4D4BB1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6958360" y="1754739"/>
             <a:ext cx="2642839" cy="4537688"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1">
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Prospect:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Just over 159,800 members as of January 2025</a:t>
+              <a:t>Just over 162,000 members Jan 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Got £3.183m in 2024 for injury compensation.</a:t>
+              <a:t>Got £1.6 million in injury compensation as of December 2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>NEP provided over 1,100 Reps with training in 2024</a:t>
-            </a:r>
+              <a:t>NEP provided 1136 Reps with training in 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78CEC345-844B-71BD-A516-DD7B08A035E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1046921" y="5772755"/>
+            <a:ext cx="7063409" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" u="sng" baseline="30000" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> Trade union statistics 2024 - GOV.U</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" u="sng" baseline="30000" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>www.acas.org.uk/employment-rights-bill</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1800" u="sng" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2384727387"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
@@ -5700,51 +6520,51 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="9" grpId="0"/>
       <p:bldP spid="10" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -5891,51 +6711,51 @@
             <a:ext cx="4798673" cy="3199116"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2895553315"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -6015,269 +6835,50 @@
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6635904" y="2490702"/>
             <a:ext cx="4798673" cy="3199116"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="637789658"/>
-      </p:ext>
-[...217 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3731343135"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="2019-01389-Template-Bectu-Powerpoint-template-Version-12-09-2019 (1)">
   <a:themeElements>
     <a:clrScheme name="Bectu-2019">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EBEBEB"/>
       </a:lt2>
@@ -6808,52 +7409,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d5f17128a432b65fc8aa92700b0fa4dd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a26d77bebca3477cfdc982135ab9a3b6" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0ecf5486-e989-4379-bfee-e9488933998c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8D7AC766A08B146B6390D5D437781FB" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ee50a468a1df45cb04c4cf7cf53f91b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0ecf5486-e989-4379-bfee-e9488933998c" xmlns:ns3="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0682d65b56c2810fb0605dcc6fee6b1a" ns2:_="" ns3:_="">
     <xsd:import namespace="0ecf5486-e989-4379-bfee-e9488933998c"/>
     <xsd:import namespace="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -7068,143 +7680,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90DD1E0A-95D9-4D84-BF9A-34A86BEF9413}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68DF0957-91F8-41A7-A9CC-9CBEE9CCA09E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0ecf5486-e989-4379-bfee-e9488933998c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="95c4e850-32b5-4d18-96f2-9b7a5c16f8c4"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68DF0957-91F8-41A7-A9CC-9CBEE9CCA09E}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{172F2C49-2777-41D0-A343-7F1222827676}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BD96AB-7141-457F-B661-6374E2709858}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2019-01389-Template-Bectu-Powerpoint-template-Version-12-09-2019 (1)</Template>
+  <TotalTime></TotalTime>
+  <Words>1582</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Slides>9</Slides>
-  <Notes>9</Notes>
+  <Paragraphs>165</Paragraphs>
+  <Slides>10</Slides>
+  <Notes>10</Notes>
   <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="17" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>2019-01389-Template-Bectu-Powerpoint-template-Version-12-09-2019 (1)</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>What is a trade union? Update 2 Oct 2025</vt:lpstr>
       <vt:lpstr>The definition  of a trade union</vt:lpstr>
       <vt:lpstr>Recognition in the workplace</vt:lpstr>
       <vt:lpstr>An unrecognised workplace  Vs a recognised workplace</vt:lpstr>
       <vt:lpstr>Your right to join a trade union</vt:lpstr>
       <vt:lpstr>The benefits of trade unions</vt:lpstr>
       <vt:lpstr>Activity B: Other options</vt:lpstr>
       <vt:lpstr>Activity C: What can a union negotiate on?</vt:lpstr>
       <vt:lpstr>Activity D: Your workplace - Homework</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Kathryn Sharratt;martinroberts@theambassadors.com</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>-705465768</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
     <vt:lpwstr>bectu slides</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>mroberts@bectu.org.uk</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Martin Roberts</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ContentTypeId">